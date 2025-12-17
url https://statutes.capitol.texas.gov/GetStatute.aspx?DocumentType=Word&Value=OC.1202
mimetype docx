--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -901,51 +901,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1385</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1202.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1202.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RELOCATABLE EDUCATIONAL FACILITIES.  (a)  In this section, "relocatable educational facility" means a portable, modular building capable of being relocated, regardless of whether the facility is built at the installation site, that is used primarily as an educational facility for teaching the curriculum required under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">28.002</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Education Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -1890,51 +1896,57 @@
         <w:t xml:space="preserve">The executive director shall publish a list of all approved inspectors and design review agencies.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 1421, Sec. 2, eff. June 1, 2003.  Amended by Acts 2003, 78th Leg., ch. 816, Sec. 26.027, eff. Sept. 1, 2003;  Acts 2003, 78th Leg., ch. 1276, Sec. 14A.266, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1202.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1202.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF OTHER LAW.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">51.401</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
@@ -1975,51 +1987,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3742</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1202.107.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1202.107.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LIMITATION ON CERTAIN ACTIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other law, the commission, executive director, or department may not perform an inspection or investigation, open a complaint, or initiate an administrative or enforcement action against a manufacturer, builder, or third-party inspector of industrialized housing after the second anniversary of the date of the final on-site inspection of the industrialized housing conducted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1202.203</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -2441,51 +2459,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2763</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1202.1536.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1202.1536.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OPTION TO CONSTRUCT CERTAIN INDUSTRIALIZED HOUSING IN ACCORDANCE WITH CERTAIN ENERGY EFFICIENCY PERFORMANCE STANDARDS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other provision of this subchapter related to energy efficiency performance standards, a manufacturer or builder of industrialized housing may construct single-family industrialized housing in accordance with the energy efficiency performance standards outlined in:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>