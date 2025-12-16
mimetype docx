--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -1330,51 +1330,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1560</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.03, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.0035.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.0035.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTROLLING PERSON.  (a)  In this chapter, "controlling person" means an individual who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1894,51 +1900,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1560</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.04, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.0041.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.0041.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTAIN EXEMPT AGREEMENTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This chapter does not apply to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2163,51 +2175,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1560</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.05, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTIONS FROM CERTAIN OTHER LAWS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Marketing, selling, offering for sale, issuing, making, proposing to make, and administering a service contract are exempt from:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2280,51 +2298,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1560</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.06, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.0051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.0051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONFIDENTIALITY OF CERTAIN INFORMATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The following information submitted to or maintained by the department under this chapter that pertains to an applicant for registration or a seller, provider, or administrator is confidential and not subject to disclosure under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">552</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Government Code:</w:t>
       </w:r>
@@ -2461,51 +2485,57 @@
         <w:t xml:space="preserve">SUBCHAPTER B.  POWERS AND DUTIES OF DEPARTMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">AND COMMISSION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL INVESTIGATIVE POWER OF EXECUTIVE DIRECTOR.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive director may investigate a provider, administrator, seller, or other person as necessary to enforce this chapter and protect service contract holders in this state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2540,51 +2570,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1169</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall adopt rules necessary to implement and administer this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2609,51 +2645,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C. REGISTRATION REQUIREMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REGISTRATION REQUIRED; EXEMPTION FROM OTHER LICENSING REQUIREMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person may not operate as a provider or administrator of service contracts sold or issued in this state unless the person is registered with the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2741,51 +2783,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1169</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.04, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION FOR REGISTRATION OR RENEWAL; GENERAL REQUIREMENTS.  (a)  An applicant for registration or registration renewal must submit an application to the executive director.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -3024,51 +3072,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1169</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.20(a)(2), eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.1025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.1025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADDITIONAL REGISTRATION AND RENEWAL REQUIREMENTS FOR PROVIDERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In addition to the requirements of Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1304.102</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, an applicant for issuance or renewal of a provider registration must file with the application:</w:t>
       </w:r>
@@ -3394,51 +3448,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1169</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.06, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REGISTRATION AND RENEWAL FEES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive director shall develop a tiered schedule of registration and renewal fees under which a provider's fee is based on the number of service contracts the provider sold or issued in this state during the preceding 12-month period.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3526,51 +3586,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1169</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.07, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.1035.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.1035.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IDENTITY RECOVERY SERVICE CONTRACT REPORT; FEE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than the 30th day after the date each calendar quarter ends, a provider must report to the department the number of service contracts described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1304.003</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)(2)(B) that were sold or issued to consumers in this state during the most recent calendar quarter and must submit a fee of $1 for each of those service contracts to the department.</w:t>
       </w:r>
@@ -3595,51 +3661,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1388</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INFORMATION CONCERNING NUMBER OF SERVICE CONTRACTS SOLD OR ISSUED.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Information concerning the number of service contracts sold or issued by a provider that is submitted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1304.103</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
@@ -3771,51 +3843,57 @@
         <w:t xml:space="preserve">SUBCHAPTER D.  PRACTICE BY SERVICE CONTRACT PROVIDERS,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> ADMINISTRATORS, AND SELLERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FINANCIAL SECURITY REQUIREMENTS; DISTRIBUTION OF FUNDS HELD IN TRUST.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To ensure the faithful performance of a provider's obligations to its service contract holders, each provider must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4833,51 +4911,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 11.150, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.1521.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.1521.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FINANCIAL SECURITY TRANSITION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "provider that maintained a funded reserve account" means a provider that, in order to ensure the faithful performance of the provider's obligations to service contract holders, maintained a funded reserve account covering the provider's obligations under service contracts that were issued and outstanding in this state and placed in trust with the executive director a financial security deposit consisting of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5148,51 +5232,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1169</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPOINTMENT AND RESPONSIBILITIES OF ADMINISTRATOR.  (a)  A provider may appoint an administrator registered under this chapter to be responsible for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5275,51 +5365,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. March 1, 2006.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.1531.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.1531.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SERVICE CONTRACT SELLERS; RESPONSIBILITIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A provider may employ or contract with a seller to be responsible for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6303,51 +6399,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId58">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1560</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.08, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.157.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.157.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RESIDENTIAL SERVICE CONTRACTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person may not sell, offer to sell, arrange or solicit the sale of, or receive an application for a residential service contract unless the person is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6587,51 +6689,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId60">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4316</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.1581.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.1581.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CANCELLATION BY SERVICE CONTRACT HOLDER; REFUND.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A service contract must allow the service contract holder to cancel the service contract at any time.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6870,51 +6978,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2275</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.159.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.159.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CANCELLATION BY PROVIDER; REFUND.  (a)  A provider may cancel a service contract by mailing a written notice of cancellation to the service contract holder at the service contract holder's last known address according to the records of the provider.  The provider must mail the notice before the fifth day preceding the effective date of the cancellation.  The notice must state the effective date of the cancellation and the reason for the cancellation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -7215,51 +7329,57 @@
         <w:t xml:space="preserve">This section does not apply to a provider that, before September 1, 1999, included a word prohibited under this section in its name.  A provider described by this subsection must include in each service contract a statement substantially similar to the following:  "This agreement is not an insurance contract."</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 1421, Sec. 3, eff. June 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.161.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.161.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROHIBITED ACTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A provider, administrator, seller, or other representative of the provider may not, in the provider's service contracts or literature or in any written communication:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -7397,51 +7517,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E. DISCIPLINARY ACTION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCIPLINARY ACTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> On a finding that a ground for disciplinary action exists under this chapter, the commission or executive director may impose an administrative sanction or administrative penalty or seek a civil penalty or any other remedy as provided by this chapter and Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -7683,51 +7809,57 @@
         <w:t xml:space="preserve"> apply to disciplinary action taken under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 1421, Sec. 3, eff. June 1, 2003.  Amended by Acts 2003, 78th Leg., ch. 1276, Sec. 14A.347(b), eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 1304.205.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1304.205.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REMEDY FOR SERVICE CONTRACT HOLDERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the commission by order, including an agreed order, determines that a person has operated as a provider or administrator in this state without holding the appropriate registration under this chapter, the person shall offer to a service contract holder who holds a service contract sold or issued by the person during the period that the person was not registered under this chapter the right to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>