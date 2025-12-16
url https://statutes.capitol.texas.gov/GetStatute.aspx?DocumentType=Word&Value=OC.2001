--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -1361,51 +1361,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3070</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 60, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REGULATORY FUNDING FROM LICENSE FEES AND BINGO PRIZE FEES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">It is the intent of the legislature that the funding necessary for the administration of this chapter by the department be collected by the department from commercial lessor, manufacturer, and distributor license fees and money paid to the department by bingo players as bingo prize fees.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1460,51 +1466,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  DEPARTMENT POWERS AND DUTIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.0501.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.0501.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ALLOCATION OF POWERS AND DUTIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A power granted or duty assigned to the commission under this chapter is a power or duty of the executive director, the department, or the commission, as established by commission rule.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1514,51 +1526,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3070</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 63, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OFFICERS AND INVESTIGATORS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may employ officers or investigators the department considers necessary to administer this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1627,51 +1645,57 @@
         <w:t xml:space="preserve">RULEMAKING AUTHORITY.  The commission may adopt rules to enforce and administer this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.0541.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.0541.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES ON CONSEQUENCES OF CRIMINAL CONVICTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall adopt rules and guidelines as necessary to comply with Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> when using criminal history record information under this chapter to issue or renew a bingo license or to list or renew the listing of an individual in the registry of approved bingo workers.</w:t>
       </w:r>
@@ -2314,51 +2338,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3070</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 66, eff. June 20, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.058.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.058.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PUBLIC INFORMATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall provide to any person on request a printed copy of this chapter and the rules applicable to the enforcement of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4223,51 +4253,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>643</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FORM AND CONTENTS OF LICENSE.  A license to conduct bingo must include:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -6306,51 +6342,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>549</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. January 1, 2018.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.159.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.159.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE ISSUANCE OR RENEWAL.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)  The commission shall issue or renew a commercial lessor license if the commission determines that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
@@ -6933,51 +6975,57 @@
         <w:t xml:space="preserve">MANUFACTURER'S LICENSE REQUIRED.  A manufacturer may not sell or supply to a person in this state or for use in this state bingo cards, boards, sheets, pads, or other supplies, or equipment designed to be used in playing bingo, or engage in any intrastate activity involving those items, unless the manufacturer holds a manufacturer's license under this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.202.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.202.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELIGIBILITY FOR MANUFACTURER'S LICENSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The following persons are not eligible for a manufacturer's license:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -7215,51 +7263,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2197</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.203.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.203.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MANUFACTURER'S LICENSE APPLICATION.  (a)  An applicant for a manufacturer's license must file with the commission an application on a form prescribed by the commission.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -7831,51 +7885,57 @@
         <w:t xml:space="preserve">DISTRIBUTOR'S LICENSE REQUIRED.  A distributor may not sell, distribute, or supply bingo equipment or supplies for use in bingo in this state unless the distributor holds a distributor's license under this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.207.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.207.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELIGIBILITY FOR DISTRIBUTOR'S LICENSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The following persons are not eligible for a distributor's license:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9410,51 +9470,57 @@
         <w:t xml:space="preserve">The commission may deny a license application or revoke a license based on a failure to submit requested supplemental information when required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.3025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.3025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACCESS TO CRIMINAL HISTORY RECORD INFORMATION.  The commission is entitled to conduct an investigation of and is entitled to obtain criminal history record information maintained by the Department of Public Safety, the Federal Bureau of Investigation identification division, or another law enforcement agency to assist in the investigation of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -10362,51 +10428,57 @@
         <w:t xml:space="preserve">RIGHTS NOT VESTED.  The issuance of a license or temporary authorization by the commission does not grant a vested right in the license, the temporary authorization, or the privileges conferred.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.312.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.312.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FAILURE TO FILE FEE REPORTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person is not eligible for a license or a license renewal unless all required reports and requested information have been filed under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -11072,51 +11144,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId88">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>914</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10(3), eff. January 1, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.314.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.314.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IDENTIFICATION CARD FOR APPROVED BINGO WORKER.  (a)  The commission may require an individual listed in the registry maintained under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2001.313</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to wear an identification card to identify the individual to license holders, bingo players, and commission staff while the individual is on duty during the conduct of bingo.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission by rule shall prescribe the form and content of the card.</w:t>
       </w:r>
@@ -11217,51 +11295,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId89">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1474</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 21, eff. October 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.315.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.315.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LATE LICENSE RENEWAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person who fails to renew the person's license under this chapter before the date the license expires may renew the license after the expiration date by:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -11377,51 +11461,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId91">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>643</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.316.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.316.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DELIVERY OF COMMISSION NOTICE.  If notice under this chapter is required to be given to an authorized organization, the commission shall send the notice to the bingo chairperson of the authorized organization and to the appropriate commercial lessor, if applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2009, 81st Leg., R.S., Ch. 636 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId92">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1474</w:t>
@@ -11591,51 +11681,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId93">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2197</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 33, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.353.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.353.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCIPLINE OF LICENSE AND REGISTRATION HOLDERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">After a hearing, the commission may suspend, revoke, or refuse to renew a license or registration issued under this chapter for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -12452,51 +12548,57 @@
         <w:t xml:space="preserve">, Government Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.358.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.358.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SCHEDULE OF SANCTIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission by rule shall adopt a schedule of sanctions that defines and summarizes violations of this chapter or commission rules adopted under this chapter to ensure that the sanctions imposed are appropriate to the violation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -12597,51 +12699,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER I. OPERATION OF BINGO</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.401.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.401.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RESTRICTIONS ON PREMISES PROVIDERS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person may not, for direct or indirect consideration, lease or otherwise make a premises available for conducting bingo unless the person is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -12932,51 +13040,57 @@
         <w:t xml:space="preserve">Subsection (b) does not apply if a premises under a common roof or over a common foundation ceases to lawfully exist.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.404.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.404.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRINCIPAL LOCATION.  A licensed authorized organization may conduct bingo only in:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -14489,51 +14603,57 @@
         <w:t xml:space="preserve">ADMISSION TO BINGO GAMES.  A person may not be denied admission to a bingo game or the opportunity to participate in a game because of race, color, creed, religion, national origin, sex, or disability or because the person is not a member of the licensed authorized organization conducting the bingo game.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.413.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.413.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PAYMENT REQUIRED.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2001.4155</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a licensed authorized organization may not offer or provide to a person the opportunity to play bingo without payment.</w:t>
       </w:r>
@@ -14938,51 +15058,57 @@
         <w:t xml:space="preserve">An individual younger than 18 years of age may not conduct or assist in the conduct of bingo under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.419.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.419.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BINGO OCCASIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A licensed authorized organization may not conduct more than three bingo occasions during a calendar week under a regular license.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -15939,51 +16065,57 @@
         <w:t xml:space="preserve">APPLICABILITY OF CHAPTER.  A licensed authorized organization that uses unit accounting is subject to the other provisions of this chapter to the extent the provisions are applicable and are not inconsistent with this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 1114, Sec. 19, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.4335.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.4335.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION FROM FRANCHISE TAX.  A unit formed under this subchapter is exempt from the tax imposed under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">171</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Tax Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2009, 81st Leg., R.S., Ch. 636 (H.B. </w:t>
       </w:r>
@@ -16397,51 +16529,57 @@
         <w:t xml:space="preserve">"Cost of goods purchased by a unit" means the cost of bingo paper and pull-tab bingo tickets purchased by the unit and payments to distributors for electronic cardminding devices.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 1114, Sec. 19, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.437.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.437.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">UNIT MANAGER.  (a)  If the unit accounting agreement of a unit states that a unit manager is responsible for compliance with commission rules and this chapter, the unit manager is responsible for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -18341,51 +18479,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId144">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1474</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 32, eff. October 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.453.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.453.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTHORIZED USES OF BINGO ACCOUNT.  A licensed authorized organization may withdraw funds from its bingo account only for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -18849,51 +18993,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId147">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1474</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 42(9), eff. October 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.458.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.458.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ITEMS OF EXPENSE.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -19535,51 +19685,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER K.  PRIZE FEES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.502.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.502.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRIZE FEE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A licensed authorized organization or unit as defined by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2001.431</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall:</w:t>
       </w:r>
@@ -19996,51 +20152,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId158">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>643</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.504.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.504.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PAYMENT AND REPORTING OF FEE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A fee on prizes authorized or imposed under this subchapter is due and is payable by the license holder or a person conducting bingo without a license to the commission and county or municipality, as applicable, quarterly on or before the 25th day of the month succeeding each calendar quarter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -20439,51 +20601,57 @@
         <w:t xml:space="preserve">RECORD OF PRIZE WINNER.  The commission by rule may require a licensed authorized organization to maintain records relating to each person to whom a prize is awarded at a bingo occasion.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.507.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.507.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COLLECTION AND DEPOSIT OF PRIZE FEE.  (a)  The commission shall deposit the revenue collected from the fee on prizes imposed by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2001.502</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to the credit of the general revenue fund.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a-1)</w:t>
@@ -20807,51 +20975,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId173">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>914</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10(6), eff. January 1, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.508.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.508.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PENALTIES FOR FAILURE TO PAY OR REPORT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If a person fails to file a report of the fee on prizes as required by this chapter or fails to pay to the commission the fee on prizes imposed under this chapter when the report or payment is due, the person forfeits five percent of the amount due as a penalty, and after the first 30 days, the person forfeits an additional five percent.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -20905,51 +21079,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId174">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1905</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.509.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.509.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RECOMPUTATION OF PRIZE FEE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the commission is not satisfied with a report of the fee on prizes or the amount of the fee on prizes required to be remitted under this chapter to the state by a person, the commission may compute and determine the amount required to be paid on the basis of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -21016,51 +21196,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId175">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1905</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 11, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.510.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.510.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DETERMINATION IF NO REPORT MADE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If a license holder fails to make a required report of the fee on prizes, or if a person conducts bingo without a license, the commission shall make an estimate of the prizes awarded at a bingo occasion.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -21302,51 +21488,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId178">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1905</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.512.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.512.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION OF TAX LAWS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subtitle B, Title 2, Tax Code, applies to the administration, collection, and enforcement of the fee on prizes imposed under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2001.502</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> except as modified by this chapter.</w:t>
       </w:r>
@@ -22014,51 +22206,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId183">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>643</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.515.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.515.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMMISSION'S DUTIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall perform all functions incident to the administration, collection, enforcement, and operation of the fee on prizes imposed under this subchapter for amounts due to the commission, including any necessary reconciliation of a prize fee held by the commission that is due to a county or municipality.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -23222,51 +23420,57 @@
         <w:t xml:space="preserve">The price of bingo supplies and equipment in the competitive marketplace shall be established by the manufacturer, distributor, or supplier and may not be established in concert with another manufacturer, distributor, or supplier.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2001.557.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2001.557.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSPECTION OF PREMISES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department, its officers or agents, or a state, municipal, or county peace officer may enter and inspect the contents of premises where:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>