--- v0 (2025-10-08)
+++ v1 (2025-12-17)
@@ -773,51 +773,57 @@
         <w:t xml:space="preserve">a person other than a midwife who assists childbirth in an emergency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EFFECT ON LOCAL ORDINANCES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This chapter does not prohibit a municipality from adopting a local ordinance or rule to regulate the practice of midwifery in the municipality if the ordinance or rule is compatible with and at least as strict as this chapter and commission rules.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -882,51 +888,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  MIDWIVES ADVISORY BOARD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY BOARD MEMBERSHIP.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board consists of nine members appointed by the presiding officer of the commission with the approval of the commission as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -1071,51 +1083,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.005, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.0521.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.0521.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUTIES OF ADVISORY BOARD.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall provide advice and recommendations to the department on technical matters relevant to the administration of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1125,51 +1143,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.006, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TERMS; VACANCIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Members of the advisory board serve for staggered terms of six years. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1238,51 +1262,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.056.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.056.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRESIDING OFFICER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The presiding officer of the commission shall designate a member of the advisory board to serve as the presiding officer of the advisory board to serve for a term of two years.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1383,51 +1413,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.059.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.059.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MEETINGS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The advisory board shall meet at the call of the presiding officer of the commission or the executive director.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1492,51 +1528,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  POWERS AND DUTIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS AND DUTIES.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2232,51 +2274,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.014, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTS ON MIDWIFERY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Repealed by Acts 2021, 87th Leg., R.S., Ch. 856 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>800</w:t>
@@ -2398,51 +2446,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>800</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 25(15), eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.155.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.155.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPLAINTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Repealed by Acts 2015, 84th Leg., R.S., Ch. 838 , Sec. 1.222(12), eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2735,51 +2789,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F.  LICENSURE REQUIREMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.251.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.251.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE REQUIRED.  (a)  A person may not practice midwifery unless the person holds a license issued under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2818,51 +2878,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1535</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 27, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.252.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.252.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">QUALIFICATIONS FOR INITIAL LICENSE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person qualifies to become a licensed midwife under this chapter if the person provides the department with documentary evidence that the person has:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3009,51 +3075,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId50">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.018, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.253.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.253.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE APPLICATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person who practices midwifery must apply to the department to be licensed as a midwife in the manner and on a form prescribed by the executive director.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -3150,51 +3222,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.019, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.254.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.254.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BASIC MIDWIFERY EDUCATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall establish requirements for basic midwifery education.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3422,51 +3500,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId57">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.222(19), eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.2555.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.2555.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">JURISPRUDENCE EXAMINATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall develop and administer at least twice each calendar year a jurisprudence examination to determine an applicant's knowledge of this chapter, commission rules under this chapter, and any other applicable laws of this state affecting the applicant's midwifery practice.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3525,51 +3609,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId59">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.022, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.256.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.256.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRAINING IN NEWBORN SCREENING AND BASIC LIFE SUPPORT CARDIOPULMONARY RESUSCITATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person who practices midwifery in this state must provide the department with satisfactory evidence that the person:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3695,51 +3785,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER G.  LICENSE RENEWAL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.301.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.301.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION FOR LICENSE RENEWAL.  An applicant for renewal of a license under this chapter must apply biennially as provided in Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">203.253</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
@@ -3765,51 +3861,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId61">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1535</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 34, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.305.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.305.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIRED ATTENDANCE AT SPECIFIC MIDWIFERY EDUCATION COURSES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may assess the continuing education needs of licensed midwives and may require licensed midwives to attend continuing midwifery education courses specified by the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3859,51 +3961,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId63">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.025, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.306.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.306.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GROUNDS FOR REFUSING RENEWAL.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may refuse to renew the license of a person who fails to pay an administrative penalty unless enforcement of the penalty is stayed or a court has ordered that the administrative penalty is not owed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4248,51 +4356,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId67">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.027, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.352.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.352.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRENATAL AND CERTAIN MEDICAL CARE ENCOURAGED.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A midwife shall encourage a client to seek:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4359,51 +4473,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId68">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.028, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.353.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.353.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PREVENTION OF OPHTHALMIA NEONATORUM.  (a)  Subject to Subsection (b), unless the newborn child is immediately transferred to a hospital because of an emergency, a midwife who attends the birth of the child shall comply with Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">81.091</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Health and Safety Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -5208,51 +5328,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER I. PROHIBITED PRACTICES AND GROUNDS FOR DISCIPLINARY ACTION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.401.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.401.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROHIBITED PRACTICES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A midwife may not:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5479,51 +5605,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId79">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.033, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.402.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.402.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROHIBITED REPRESENTATION.  A midwife may not:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5705,51 +5837,57 @@
         <w:t xml:space="preserve">A midwife may not use an identification statement or advertisement that would lead a reasonable person to believe that the midwife is certified by a governmental entity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.404.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.404.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GROUNDS FOR DISCIPLINARY ACTION.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)  The commission or executive director may discipline a licensed midwife, refuse to renew a midwife's license, or refuse to issue a license to an applicant if the person:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
@@ -6292,51 +6430,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId88">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.038, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 203.505.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">203.505.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CEASE AND DESIST ORDER.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Repealed by Acts 2015, 84th Leg., R.S., Ch. 838 , Sec. 1.222(26), eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>