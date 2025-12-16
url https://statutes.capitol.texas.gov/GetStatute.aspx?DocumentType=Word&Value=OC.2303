--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -773,51 +773,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B. POWERS AND DUTIES OF COMMISSION AND DEPARTMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULEMAKING: LICENSE REQUIREMENTS.  The commission shall adopt rules that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1242,96 +1248,108 @@
         <w:t xml:space="preserve">restricts the person's advertisement under a trade name.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 1421, Sec. 5, eff. June 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXAMINATION OF CRIMINAL CONVICTION.  The department may conduct an examination of any criminal conviction of an applicant, including by obtaining any criminal history record information permitted by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1046 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.056.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.056.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERIODIC INSPECTIONS.  (a)  The department may enter and inspect at any time during business hours:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1472,96 +1490,108 @@
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1560</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.25(27), eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.057.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.057.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERSONNEL.  The department may employ personnel necessary to administer and enforce this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1046 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.03, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.058.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.058.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY BOARD.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Towing and Storage Advisory Board under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall advise the commission in adopting vehicle storage rules under this chapter.</w:t>
       </w:r>
@@ -1664,51 +1694,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C. LICENSE REQUIREMENTS, ISSUANCE, AND RENEWAL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FACILITY LICENSE REQUIRED.  (a)  A person may not operate a vehicle storage facility unless the person holds a license issued under this chapter. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1785,51 +1821,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.04, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.1015.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.1015.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EMPLOYEE LICENSE REQUIRED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person may not work at a vehicle storage facility unless the person holds:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3015,51 +3057,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1247</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.1511.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.1511.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">VEHICLE STORAGE FACILITY'S DUTY TO REPORT AFTER ACCEPTING UNAUTHORIZED VEHICLE.  (a)  A vehicle storage facility accepting a vehicle that is towed under this chapter shall, within two hours after receiving the vehicle, report to the local law enforcement agency with jurisdiction over the area from which the vehicle was towed:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -3802,51 +3850,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3928</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.1521.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.1521.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTAIN VEHICLES WITH STATE OF REGISTRATION UNKNOWN.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An operator of a vehicle storage facility who receives a motor vehicle as defined by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">501.002</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(17)(A), Transportation Code, and does not know the state in which the vehicle is registered may give notice by publication under Section </w:t>
       </w:r>
@@ -5729,51 +5783,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1140</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 14, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.1551.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.1551.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIRED POSTING.  (a)  All storage fees shall be posted at the licensed vehicle storage facility to which the motor vehicle has been delivered and shall be posted in view of the person who claims the vehicle.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5841,51 +5901,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.1552.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.1552.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BIENNIAL ADJUSTMENT OF CERTAIN FEES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "consumer price index" means the Consumer Price Index for All Urban Consumers (CPI-U) published by the Bureau of Labor Statistics of the United States Department of Labor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6248,96 +6314,108 @@
         <w:t xml:space="preserve">before the 30th day after the date the notice was sent, the facility submits an application to the department for disposal of the vehicle.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 1421, Sec. 5, eff. June 1, 2003.  Amended by Acts 2003, 78th Leg., ch. 1276, Sec. 14A.628(a), eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.158.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.158.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACCESS TO GLOVE COMPARTMENT, CONSOLE, OR OTHER INTERIOR STORAGE AREA TO ESTABLISH IDENTITY OR OWNERSHIP.  The operator of a vehicle storage facility or a governmental vehicle storage facility must allow a person claiming to be the owner of a vehicle stored or parked at the facility to have access to the vehicle's glove compartment, console, or other interior storage area if documents necessary to establish the person's identity or ownership of the vehicle are located in the glove compartment, console, or other interior storage area.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 1197 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>480</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.159.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.159.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FORMS OF PAYMENT OF CHARGES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The operator of a vehicle storage facility shall accept each of the following forms of payment for any charge associated with delivery or storage of a vehicle:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6517,51 +6595,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>804</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.160.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.160.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RELEASE OF VEHICLES.  (a)  A vehicle storage facility may not refuse to release a vehicle to the owner or operator of the vehicle or require a sworn affidavit of the owner or operator of the vehicle solely because the owner or operator presents valid photo identification issued by this state, another state, or a federal agency that includes a different address than the address contained in the title and registration records of the vehicle.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -6686,51 +6770,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId58">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.161.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.161.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DRUG TESTING OF EMPLOYEES.  (a)  A license holder shall establish a drug testing policy for employees of the vehicle storage facility operated by the license holder.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A license holder that establishes a drug testing policy under this subsection may adopt the model drug testing policy adopted by the commission or may use another drug testing policy that the department determines is at least as stringent as the policy adopted by the commission.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6865,51 +6955,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  ACCEPTANCE AND DISPOSITION OF CERTAIN PROPERTY FROM SELF-SERVICE STORAGE FACILITY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter, "lessor" and "self-service storage facility" have the meanings assigned by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">59.001</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Property Code.</w:t>
       </w:r>
@@ -6925,51 +7021,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId61">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.202.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.202.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This subchapter applies only to property described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">59.051</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Property Code.</w:t>
       </w:r>
@@ -6985,51 +7087,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.203.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.203.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACCEPTANCE OF PROPERTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A vehicle storage facility shall accept property from a lessor who has transferred possession of the property from a self-service storage facility to the vehicle storage facility under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">59.052</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Property Code.</w:t>
       </w:r>
@@ -7045,51 +7153,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId63">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.204.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.204.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISPOSITION OF PROPERTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A vehicle storage facility that accepts property under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2303.203</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> may dispose of the property in the manner provided by Subchapter D for a vehicle received by a facility as described by Section </w:t>
       </w:r>
@@ -7242,51 +7356,57 @@
         <w:t xml:space="preserve">If the department or the attorney general prevails in an action under this section, the department or the attorney general is entitled to recover reasonable attorney's fees and court costs.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 1421, Sec. 5, eff. June 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.302.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.302.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CRIMINAL PENALTIES.  (a)  A person commits an offense if the person:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -7403,51 +7523,57 @@
         <w:t xml:space="preserve">AUTHORITY TO ARREST.  A peace officer or license and weight inspector for the Department of Public Safety may make an arrest for a violation of a rule adopted under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 1421, Sec. 5, eff. June 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.304.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.304.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADMINISTRATIVE PENALTY.  (a)  The commission may impose an administrative penalty on a person under Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, regardless of whether the person holds a registration, permit, or license under this chapter, if the person violates:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
@@ -7517,51 +7643,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId66">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.11, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2303.305.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2303.305.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CEASE AND DESIST ORDER; INJUNCTION; CIVIL PENALTY.  (a)  The executive director may issue a cease and desist order as necessary to enforce this chapter if the executive director determines that the action is necessary to prevent a violation of this chapter and to protect public health and safety.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>