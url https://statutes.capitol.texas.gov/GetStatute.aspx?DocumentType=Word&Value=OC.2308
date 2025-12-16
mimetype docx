--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SHORT TITLE.  This chapter may be cited as the Texas Towing and Booting Act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1046 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
@@ -146,51 +152,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2153</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.  In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1700,51 +1712,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4504</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.152, eff. January 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.151</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(b), </w:t>
       </w:r>
@@ -1920,51 +1938,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  ADVISORY BOARD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TOWING, STORAGE, AND BOOTING ADVISORY BOARD.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board consists of nine members appointed by the presiding officer of the commission with the approval of the commission:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2324,51 +2348,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 54, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TERMS; VACANCIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Advisory board members serve staggered terms of six years.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2478,51 +2508,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId44">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 62(5), eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRESIDING OFFICER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The presiding officer of the commission shall appoint one of the advisory board members to serve as presiding officer of the advisory board for a term of two years.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2571,141 +2607,159 @@
       <w:hyperlink w:docLocation="table" r:id="rId46">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 56, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.054.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.054.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPENSATION; REIMBURSEMENT OF EXPENSES.  Advisory board members may not receive compensation but are entitled to reimbursement for actual and necessary expenses incurred in performing the functions of the advisory board, subject to the General Appropriations Act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1046 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.056.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.056.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS AND DUTIES.  The executive director or commission, as appropriate, may take action as necessary to administer and enforce this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1046 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId48">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.057.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.057.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall adopt rules for permitting tow trucks and licensing towing operators, towing companies, booting companies, and boot operators.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -3005,51 +3059,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.0575.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.0575.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES ON FEES; CONTRACT FOR STUDY; CONFIDENTIAL INFORMATION.  (a)  To protect the public health and safety, the commission by rule shall establish:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -3312,96 +3372,108 @@
       <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.058.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.058.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FEES.  The commission shall establish and collect reasonable and necessary fees in amounts sufficient to cover the costs of administering this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1046 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.059.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.059.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERIODIC INSPECTIONS.  (a)  The department may enter and inspect at any time during business hours:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -3570,51 +3642,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId59">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 20(a)(3), eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.060.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.060.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POWERS AND DUTIES OF ADVISORY BOARD.  The advisory board shall provide advice and recommendations to the department on technical matters relevant to the administration and enforcement of this chapter, including examination content, licensing standards, continuing education requirements, and maximum amounts that may be charged for fees related to private property tows.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1046 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId60">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
@@ -3645,51 +3723,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId61">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.061.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.061.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERSONNEL.  The department may employ personnel necessary to administer and enforce this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1046 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
@@ -3705,51 +3789,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  TOW TRUCK PERMIT REQUIREMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERMIT REQUIRED.  A tow truck may not be used for consent towing or nonconsent towing on a public roadway in this state unless an appropriate permit has been issued for the tow truck under this subchapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each tow truck requires a separate permit.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3759,51 +3849,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId63">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION REQUIREMENTS.  (a)  An applicant for a permit under this subchapter must submit to the department:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -3899,51 +3995,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId64">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENTS FOR INCIDENT MANAGEMENT TOWING PERMIT.  (a)  An incident management towing permit is required for a tow truck used to perform any nonconsent tow initiated by a peace officer, including a tow authorized under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">545.3051</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Transportation Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -4137,51 +4239,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId69">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2065</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14.012(a)(2), eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENTS FOR PRIVATE PROPERTY TOWING PERMIT.  (a)  A private property towing permit is required for a tow truck used to perform a nonconsent tow authorized by a parking facility owner under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -4277,51 +4385,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId70">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENTS FOR CONSENT TOWING PERMIT.  (a)  A consent towing permit is required for a tow truck used to perform a consent tow authorized by the vehicle owner.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -4398,51 +4512,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId71">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEPARTMENT APPROVAL; ISSUANCE OF PERMIT.  (a)  The department shall issue a permit under this subchapter to an applicant who meets the requirements for a permit.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may deny an application if the applicant has had a permit revoked under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4471,51 +4591,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId72">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.107.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.107.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERMIT RENEWAL.  (a)  A permit issued under this chapter is valid for one year.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may adopt a system under which permits expire at different times during the year.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4610,51 +4736,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId73">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.108.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.108.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CAB CARDS.  (a)  The department shall issue a cab card for each tow truck issued a permit.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The cab card must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4866,51 +4998,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId74">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.109.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.109.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISPLAY OF INFORMATION ON TOW TRUCK.  (a)  A permit holder shall display on each permitted tow truck:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5044,51 +5182,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId75">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.110.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.110.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FINANCIAL RESPONSIBILITY.  (a)  A permit holder shall maintain liability insurance for each tow truck according to the requirements under this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5161,51 +5305,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  LICENSE REQUIREMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE OR LOCAL AUTHORIZATION REQUIRED.  (a)  Unless the person holds an appropriate license under this subchapter, a person may not:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5399,51 +5549,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId81">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4170</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 12.002, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL LICENSE APPLICATION REQUIREMENTS.  An applicant for a license under this subchapter must submit to the department:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5501,51 +5657,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId82">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INCIDENT MANAGEMENT TOWING OPERATOR'S LICENSE.  (a)  An incident management towing operator's license is required to operate a tow truck permitted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.103</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -5685,51 +5847,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId85">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2615</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRIVATE PROPERTY TOWING OPERATOR'S LICENSE.  (a)  A private property towing operator's license is required to operate a tow truck permitted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.104</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -5869,51 +6037,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId88">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2615</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.155.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.155.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONSENT TOWING OPERATOR'S LICENSE.  (a)  A consent towing operator's license is required to operate a tow truck permitted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.105</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -6015,96 +6189,108 @@
       <w:hyperlink w:docLocation="table" r:id="rId91">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2615</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.156.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.156.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NONTRANSFERABILITY OF LICENSE.  A license issued by the executive director is valid throughout this state and is not transferable.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1046 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId92">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.12, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.157.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.157.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENT FOR INITIAL RENEWAL OF INCIDENT MANAGEMENT TOWING OPERATOR'S LICENSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To renew an incident management towing operator's license the first time, a license holder must complete a professional development course relating to incident management towing that is approved and administered by the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -6165,51 +6351,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId95">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1560</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.23, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.158.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.158.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ALCOHOL AND DRUG TESTING OF TOWING OPERATORS.  (a)  A towing company shall establish an alcohol and drug testing policy for towing operators.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A towing company that establishes an alcohol and drug testing policy under this subsection may adopt the model alcohol and drug testing policy adopted by the commission or may use another alcohol and drug testing policy that the department determines is at least as stringent as the policy adopted by the commission.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6324,51 +6516,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId97">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>702</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.159.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.159.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE RENEWAL.  (a)  A license issued under this subchapter is valid for one year.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may adopt a system under which licenses expire at different times during the year.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6567,51 +6765,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  LOCAL REGULATION OF TOWING AND BOOTING</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TOW TRUCK REGULATION BY POLITICAL SUBDIVISIONS.  (a)  A political subdivision of this state may regulate the operation of a tow truck to the extent allowed by federal law, except that a political subdivision may not issue a more restrictive regulation for the use of lighting equipment on a tow truck than is imposed by Title 7, Transportation Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -6678,51 +6882,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId101">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.01, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.202.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.202.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REGULATION BY POLITICAL SUBDIVISIONS OF FEES FOR NONCONSENT TOWS.  The governing body of a political subdivision may regulate the fees that may be charged or collected in connection with a nonconsent tow originating in the territory of the political subdivision if the private property tow fees:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -6800,51 +7010,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId103">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.203.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.203.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TOWING FEE STUDIES.  (a)  The governing body of a political subdivision that regulates nonconsent tow fees shall establish procedures by which a towing company may request that a towing fee study be performed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -6873,51 +7089,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId104">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.01, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.205.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.205.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TOWING OF VEHICLES TO LICENSED VEHICLE STORAGE FACILITIES OR OTHER LOCATIONS ON PARKING FACILITIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A towing company that makes a nonconsent tow shall tow the vehicle to a vehicle storage facility that is operated by a person who holds a license to operate the facility under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2303</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, unless:</w:t>
       </w:r>
@@ -7273,51 +7495,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId110">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4170</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 12.003, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.2065.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.2065.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FEES FOR NONCONSENT TOWS; REFUNDS.  (a) A license or permit holder may not charge a fee for a nonconsent tow that is greater than:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -7482,51 +7710,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId111">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.208.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.208.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MUNICIPAL OR COUNTY ORDINANCE REGULATING UNAUTHORIZED VEHICLES AND TOWING OF MOTOR VEHICLES.  The governing body of a municipality or the commissioners court of a county may adopt an ordinance that is identical to this chapter or that imposes additional requirements that exceed the minimum standards of this chapter but may not adopt an ordinance conflicting with this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1995, 74th Leg., ch. 165, Sec. 1, eff. Sept. 1, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7566,51 +7800,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId113">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.2085.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.2085.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LOCAL AUTHORITY REGULATION OF BOOTING ACTIVITIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A local authority may regulate, in areas in which the entity regulates parking or traffic, booting activities, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -7822,51 +8062,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId116">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2065</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14.007, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.209.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.209.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TOW ROTATION LIST IN CERTAIN COUNTIES.  (a)  Repealed by Acts 2009, 81st Leg., R.S., Ch. 87, Sec. 27.002(37), eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8323,51 +8569,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId123">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2190</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 138, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.210.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.210.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ROADWAY CLEARANCE PROGRAM IN CERTAIN COUNTIES; OFFENSE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "freeway" has the meaning assigned by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">541.302</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Transportation Code.</w:t>
       </w:r>
@@ -8645,51 +8897,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F.  UNAUTHORIZED VEHICLES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.251.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.251.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROHIBITION AGAINST UNATTENDED VEHICLES IN CERTAIN AREAS.  (a)  The owner or operator of a vehicle may not leave unattended on a parking facility a vehicle that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8913,51 +9171,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId127">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>702</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 11, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.252.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.252.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REMOVAL AND STORAGE OF UNAUTHORIZED VEHICLE.  (a)  A parking facility owner may, without the consent of the owner or operator of an unauthorized vehicle, cause the vehicle and any property on or in the vehicle to be removed and stored at a vehicle storage facility at the vehicle owner's or operator's expense if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -9421,51 +9685,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId131">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1053</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.253.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.253.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">UNATTENDED VEHICLES ON PARKING FACILITY OF APARTMENT COMPLEX; REMOVAL AND STORAGE OF VEHICLES.  (a)  This section applies only to a parking facility serving or adjacent to an apartment complex consisting of one or more residential apartment units and any adjacent real property serving the apartment complex.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -10040,51 +10310,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId134">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.254.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.254.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LIMITATION ON PARKING FACILITY OWNER'S AUTHORITY TO REMOVE UNAUTHORIZED VEHICLE.  A parking facility owner may not have an unauthorized vehicle removed from the facility except:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -10138,51 +10414,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId135">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.03, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.255.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.255.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TOWING COMPANY'S AUTHORITY TO TOW AND STORE UNAUTHORIZED VEHICLE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A towing company may, without the consent of an owner or operator of an unauthorized vehicle, tow the vehicle to and store the vehicle at a vehicle storage facility at the expense of the owner or operator of the vehicle if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -10708,51 +10990,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId141">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2065</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14.008, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.2555.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.2555.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REMOVAL OF CERTAIN UNAUTHORIZED VEHICLES IN RURAL AREAS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies only to an abandoned vehicle that has damaged a fence on private property in a rural area.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -10852,51 +11140,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId144">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.2565.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.2565.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">VEHICLE STORAGE FACILITY DUTY TO REPORT AFTER ACCEPTING UNAUTHORIZED VEHICLE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except for an incident management tow requested by a law enforcement agency, a vehicle storage facility accepting a vehicle that is towed under this chapter shall within two hours after receiving the vehicle report to the police department of the municipality from which the vehicle was towed or, if the vehicle was towed from a location that is not in a municipality with a police department, to the sheriff of the county from which the vehicle was towed:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -11020,51 +11314,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId145">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 11, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.257.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.257.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BOOTING OF UNAUTHORIZED VEHICLE.  (a)  A parking facility owner may, without the consent of the owner or operator of an unauthorized vehicle, cause a boot to be installed on the vehicle in the parking facility if signs that comply with Subchapter G prohibiting unauthorized vehicles are located on the parking facility at the time of the booting and for the preceding 24 hours and remain installed at the time of the booting.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -11429,51 +11729,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId148">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2065</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14.009, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.258.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.258.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BOOT REMOVAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A booting company responsible for the installation of a boot on a vehicle shall remove the boot not later than one hour after the time the owner or operator of the vehicle contacts the company to request removal of the boot.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -11541,51 +11847,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId150">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2065</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14.010, eff. June 15, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.259.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.259.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TOWING COMPANY'S AUTHORITY TO TOW VEHICLE FROM UNIVERSITY PARKING FACILITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -12218,51 +12530,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER G.  SIGNS PROHIBITING UNAUTHORIZED VEHICLES AND DESIGNATING RESTRICTED AREAS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.301.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.301.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL REQUIREMENTS FOR SIGN PROHIBITING UNAUTHORIZED VEHICLES.  (a)  Except as provided by Subsection (a)(2)(B) and Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.304</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.305</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, an unauthorized vehicle may not be towed under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.252</w:t>
       </w:r>
@@ -12745,51 +13063,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId155">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 12, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.302.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.302.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COLOR, LAYOUT, AND LETTERING HEIGHT REQUIREMENTS.  (a)  Except as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.305</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, each sign required by this chapter must comply with the color, layout, and lettering height requirements of this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -13048,51 +13372,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId158">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.303.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.303.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TELEPHONE NUMBER FOR LOCATING TOWED VEHICLE REQUIRED.  If a parking facility owner posts a sign described by Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.301</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.302</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, the owner of a vehicle that is towed from the facility under this chapter must be able to locate the vehicle by calling the telephone number on the sign.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
@@ -13114,51 +13444,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId159">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.04, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.304.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.304.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DESIGNATION OF RESTRICTED PARKING SPACES ON OTHERWISE UNRESTRICTED PARKING FACILITY.  A parking facility owner may designate one or more spaces as restricted parking spaces on a portion of an otherwise unrestricted parking facility.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Instead of installing a sign at each entrance to the parking facility as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.301</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)(2), an owner may place a sign that prohibits unauthorized vehicles from parking in designated spaces and that otherwise complies with Sections </w:t>
       </w:r>
@@ -13233,51 +13569,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId160">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.04, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.305.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.305.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INDIVIDUAL PARKING RESTRICTIONS IN RESTRICTED AREA.  (a)  A parking facility owner who complies with Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.301</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.302</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> may impose further specific parking restrictions in an area to which the signs apply for individual spaces by installing or painting a weather-resistant sign or notice on a curb, pole, post, permanent wall, or permanent barrier so that the sign is in front of a vehicle that is parked in the space and the rear of which is at the entrance of the space.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
@@ -13380,51 +13722,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER H.  REGULATION OF PARKING ON CERTAIN PUBLIC ROADWAY AREAS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.351.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.351.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REMOVAL OF UNAUTHORIZED VEHICLE FROM LEASED RIGHT-OF-WAY.  Unless prohibited by the lease, a parking facility owner or towing company may remove an unauthorized vehicle parked in a leased area described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.002</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(7)(B)(i) if the owner or towing company gives notice under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.252</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)(1), (2), or (3) and otherwise complies with this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
@@ -13446,51 +13794,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId162">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.05, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.352.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.352.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REMOVAL OF UNAUTHORIZED VEHICLE FROM AREA BETWEEN PARKING FACILITY AND PUBLIC ROADWAY.  Unless prohibited by a municipal ordinance, a parking facility owner or towing company may remove an unauthorized vehicle any part of which is in an area described by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.002</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(7)(B)(ii) if notice provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.252</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)(2) or (3) is given and the owner or towing company has otherwise complied with this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
@@ -13512,51 +13866,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId163">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.05, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.353.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.353.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REMOVAL UNDER GOVERNMENTAL ENTITY'S AUTHORITY OF UNAUTHORIZED VEHICLE PARKED IN RIGHT-OF-WAY.  (a)  A governmental entity that has jurisdiction over a public roadway and that has posted one or more signs in the right-of-way stating that parking is prohibited in the right-of-way may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -13775,51 +14135,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId164">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.05, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.354.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.354.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTHORITY FOR REMOVAL OF VEHICLE FROM PUBLIC ROADWAY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Under an ordinance of a municipality regulating the parking of vehicles in the municipality, to aid in the enforcement of the ordinance, an employee designated by the municipality may be authorized to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -14119,51 +14485,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER I.  REGULATION OF TOWING COMPANIES AND PARKING FACILITY OWNERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.401.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.401.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PARKING FACILITY OWNER PROHIBITED FROM RECEIVING FINANCIAL GAIN FROM TOWING COMPANY OR BOOTING COMPANY.  (a)  A parking facility owner may not directly or indirectly accept anything of value from:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -14344,51 +14716,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId170">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.402.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.402.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TOWING COMPANY AND BOOTING COMPANY PROHIBITED FROM FINANCIAL INVOLVEMENT WITH PARKING FACILITY OWNER.  (a)  A towing company or booting company may not directly or indirectly give anything of value to a parking facility owner in connection with:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -14569,51 +14947,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId173">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.403.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.403.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LIMITATION ON LIABILITY OF PARKING FACILITY OWNER FOR REMOVAL OR STORAGE OF UNAUTHORIZED VEHICLE.  A parking facility owner who causes the removal of an unauthorized vehicle is not liable for damages arising from the removal or storage of the vehicle if the vehicle:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -14699,51 +15083,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId174">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.06, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.404.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.404.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CIVIL LIABILITY OF TOWING COMPANY, BOOTING COMPANY, OR PARKING FACILITY OWNER FOR VIOLATION OF CHAPTER.  (a)  A towing company, booting company, or parking facility owner who violates this chapter is liable to the owner or operator of the vehicle that is the subject of the violation for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -14941,51 +15331,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId179">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19(a)(3), eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.405.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.405.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CRIMINAL PENALTY.  A person commits an offense if the person violates this chapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An offense under this section is a misdemeanor punishable by a fine of not less than $500 or more than $1,500 unless it is shown on trial of the offense that the person knowingly or intentionally violated this chapter, in which event the offense is a Class B misdemeanor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -15064,51 +15460,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId182">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2571</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.406.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.406.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">VIOLATION OF CHAPTER; INJUNCTION.  A violation of this chapter may be enjoined under Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">E</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Business &amp; Commerce Code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
@@ -15130,51 +15532,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId183">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.06, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.407.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.407.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MINOR SIGN OR LETTERING HEIGHT VARIATIONS.  A minor variation of a required or minimum height of a sign or lettering is not a violation of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1995, 74th Leg., ch. 165, Sec. 1, eff. Sept. 1, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -15199,51 +15607,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER J.  RIGHTS OF OWNERS AND OPERATORS OF STORED OR BOOTED VEHICLES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.451.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.451.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PAYMENT OF COST OF REMOVAL, STORAGE, AND BOOTING OF VEHICLE.  (a)  If in a hearing held under this chapter the court finds that a person or law enforcement agency authorized, with probable cause, the removal and storage in a vehicle storage facility of a vehicle, the person who requested the hearing shall pay the costs of the removal and storage.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -15504,51 +15918,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId189">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1303</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 27.001(50), eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.452.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.452.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RIGHT OF OWNER OR OPERATOR OF VEHICLE TO HEARING.  The owner or operator of a vehicle that has been removed and placed in a vehicle storage facility or booted without the consent of the owner or operator of the vehicle is entitled to a hearing on whether probable cause existed for the removal and placement or booting.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1995, 74th Leg., ch. 165, Sec. 1, eff. Sept. 1, 1995.  Amended by Acts 1997, 75th Leg., ch. 165, Sec. 30.159(a), eff.Sept. 1, 1997.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -15588,51 +16008,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId191">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2153</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 23, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.453.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.453.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">JURISDICTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A hearing under this chapter shall be in any justice court in:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -15820,51 +16246,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId197">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>338</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.454.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.454.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE TO VEHICLE OWNER OR OPERATOR.  (a)  If before a hearing held under this chapter the owner or operator of a vehicle pays the costs of the vehicle's removal or storage, the towing company or vehicle storage facility that received the payment shall at the time of payment give the owner or operator written notice of the person's rights under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -16040,51 +16472,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId201">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1303</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 27.001(51), eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.455.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.455.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTENTS OF NOTICE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The notice under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2308.454</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> must include:</w:t>
       </w:r>
@@ -16449,51 +16887,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId207">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>338</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 14, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.456.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.456.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUEST FOR HEARING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsections (c) and (c-1), a person entitled to a hearing under this chapter must deliver a written request for the hearing to the court before the 14th day after the date the vehicle was removed and placed in the vehicle storage facility or booted, excluding Saturdays, Sundays, and legal holidays.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -16856,51 +17300,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId211">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1303</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 18.008, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.458.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.458.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HEARING.  (a)  A hearing under this chapter shall be held before the 21st calendar day after the date the court receives the request for the hearing.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -17433,51 +17883,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId216">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 16, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.459.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.459.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPEAL.  An appeal from a hearing under this chapter is governed by the rules of procedure applicable to civil cases in justice court, except that no appeal bond may be required by the court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 737 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId217">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2630</w:t>
@@ -17498,51 +17954,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId218">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.07, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.460.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.460.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ENFORCEMENT OF AWARD.  (a)  An award under this chapter may be enforced by any means available for the enforcement of a judgment for a debt.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -17673,51 +18135,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER K.  ENFORCEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.501.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.501.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADMINISTRATIVE PENALTY.  (a)  The commission may impose an administrative penalty on a person under Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, regardless of whether the person holds a registration, permit, or license under this chapter, if the person violates:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
@@ -17787,51 +18255,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId221">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.09, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.502.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.502.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CEASE AND DESIST ORDER; INJUNCTION; CIVIL PENALTY.  (a)  The executive director may issue a cease and desist order as necessary to enforce this chapter if the executive director determines that the action is necessary to prevent a violation of this chapter and to protect public health and safety.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -17857,102 +18331,114 @@
       <w:hyperlink w:docLocation="table" r:id="rId222">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.09, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.503.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.503.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SANCTIONS.  The department may impose sanctions as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">51.353</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2007, 80th Leg., R.S., Ch. 1046 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId223">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.09, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.504.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.504.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CRIMINAL PENALTY; LICENSING.  (a)  A person commits an offense if the person:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -18087,51 +18573,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId225">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3510</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 17, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2308.505.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2308.505.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CRIMINAL PENALTY; TOWING.  (a)  A person commits an offense if the person:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>