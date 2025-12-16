--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -791,51 +797,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2807</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NATURE OF TRANSPORTATION NETWORK AND DELIVERY NETWORK COMPANIES, DRIVERS, DELIVERY PERSONS, AND VEHICLES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Transportation network companies, delivery network companies, and drivers or delivery persons logged in to the company's digital network are not common carriers, contract carriers, or motor carriers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -875,51 +887,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4215</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTROLLING AUTHORITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other provision of law, and except as provided by Subsections (b) and (c), the regulation of transportation network companies, delivery network companies, drivers or delivery persons logged in to a digital network, and vehicles used to provide digitally prearranged rides or deliveries:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -1262,51 +1280,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4215</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROVISIONS APPLICABLE TO DRIVERS AND DELIVERY PERSONS LOGGED IN TO DIGITAL NETWORK.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A provision of this chapter that applies to a driver or delivery person logged in to a digital network applies while the driver or delivery person is logged in:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -1384,51 +1408,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4215</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY TO AUTOMATED MOTOR VEHICLES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A corporation, partnership, sole proprietorship, or other entity that, for compensation, enables a passenger to prearrange a ride in an automated motor vehicle through the entity's digital network is a transportation network company and is subject to the requirements of this chapter, except as otherwise provided by this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1491,51 +1521,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  PERMIT REQUIRED</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERMIT REQUIRED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person may not operate a transportation network company or delivery network company in this state without obtaining and maintaining a permit issued under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1600,51 +1636,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4215</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FEE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A transportation network company or delivery network company shall annually pay to the department a fee to maintain a permit under this chapter in an amount determined by department rule to cover the costs of administering this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1756,51 +1798,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  OPERATION OF TRANSPORTATION NETWORK COMPANIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSURANCE REQUIRED.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The requirements of Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1954</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Insurance Code, apply to transportation network companies and drivers logged in to a digital network.</w:t>
       </w:r>
@@ -1816,51 +1864,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SHARED RIDES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A digitally prearranged ride may be wholly or partly shared by multiple passengers if the passengers consent to sharing the ride.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1870,51 +1924,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FARES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A transportation network company that charges a fare for a digitally prearranged ride shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2000,51 +2060,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DIGITAL NETWORK IDENTIFICATION OF DRIVERS AND VEHICLES TO PASSENGERS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A transportation network company shall, before a passenger enters a vehicle for a digitally prearranged ride, provide through the company's digital network to the passenger requesting the ride:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2092,51 +2158,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELECTRONIC RECEIPT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Within a reasonable time following the completion of a digitally prearranged ride, the transportation network company whose digital network was used to prearrange the ride shall transmit, through electronic mail or text message, a receipt to the passenger who requested the ride that includes:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2203,51 +2275,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INTOXICATING SUBSTANCE POLICY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A transportation network company shall implement an intoxicating substance policy that prohibits a driver who is logged in to the company's digital network from any amount of intoxication.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2390,51 +2468,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.107.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.107.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DRIVER REQUIREMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Before permitting an individual to log in as a driver on the company's digital network, a transportation network company must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3023,51 +3107,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>47</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.1075.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.1075.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HUMAN TRAFFICKING AWARENESS AND PREVENTION TRAINING MATERIALS REQUIRED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A transportation network company shall annually provide to each driver who is authorized to log in to the company's digital network human trafficking awareness and prevention training materials.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -3428,51 +3518,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2313</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.108.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.108.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DIGITALLY PREARRANGED RIDES ONLY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A driver who is logged in to a digital network may not solicit or provide a ride for compensation unless the passenger has been matched to the driver through the digital network.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3482,51 +3578,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.109.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.109.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PASSENGER ACTING IN UNLAWFUL, DISORDERLY, OR ENDANGERING MANNER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A driver who has accepted a digitally prearranged ride may refuse to transport a passenger acting in an unlawful, disorderly, or endangering manner.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3536,51 +3638,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.110.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.110.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISPLAY OF DIGITAL IDENTIFICATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "digital identification" means information stored on a digital network that may be accessed by a driver and that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3767,51 +3875,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId43">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.111.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.111.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">VEHICLE REQUIREMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A transportation network company shall, for each motor vehicle used by a driver to provide digitally prearranged rides through the company's digital network:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3996,51 +4110,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2807</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.112.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.112.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NONDISCRIMINATION; ACCESSIBILITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A transportation network company shall adopt a policy that prohibits a driver logged in to the company's digital network from:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4182,51 +4302,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId46">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.113.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.113.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACCESSIBILITY PILOT PROGRAM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each transportation network company shall conduct, for a period of two years beginning not later than the 90th day after the date the company is issued a permit under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2402.051</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, an accessibility pilot program in one of the four largest markets in which the company operates in this state to:</w:t>
       </w:r>
@@ -4547,51 +4673,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId48">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2807</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.114.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.114.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DRIVERS AS INDEPENDENT CONTRACTORS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A driver who is authorized to log in to a transportation network company's digital network is considered an independent contractor for all purposes, and not an employee of the company in any manner, if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4715,51 +4847,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>100</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. May 29, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.115.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.115.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AGREEMENTS WITH LOCAL ENTITIES FOR LARGE EVENTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2402.003</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a municipality or other local entity may contract with a transportation network company operating in the municipality's or entity's jurisdiction for the coordination of large events occurring in the municipality's or entity's jurisdiction.</w:t>
       </w:r>
@@ -4837,51 +4975,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C-1.  OPERATION OF DELIVERY NETWORK COMPANIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.131.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.131.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INTOXICATING SUBSTANCE POLICY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A delivery network company shall implement an intoxicating substance policy that prohibits a delivery person who is logged in to the company's digital network from any amount of intoxication.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4967,51 +5111,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4215</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.132.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.132.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DELIVERY PERSON REQUIREMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Before a delivery network company authorizes an individual to access the company's digital network as a delivery person, the company must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5589,51 +5739,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4215</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.133.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.133.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NONDISCRIMINATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A delivery network company shall adopt a policy that prohibits a delivery person logged in to the company's digital network from discriminating on the basis of a delivery customer's or potential delivery customer's geographical location or destination, race, color, national origin, religious belief or affiliation, sex, disability, or age.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5709,51 +5865,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4215</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.134.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.134.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DELIVERY PERSONS AS INDEPENDENT CONTRACTORS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A delivery person is considered an independent contractor for all purposes, and not an employee of a delivery network company in any manner, if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5892,51 +6054,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  RECORDS AND OTHER INFORMATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RETENTION AND SUBMISSION OF RECORDS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A transportation network company shall maintain:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6071,51 +6239,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4215</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COLLECTION, USE, OR DISCLOSURE OF RECORDS AND OTHER COMPANY INFORMATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Any records, data, or other information disclosed to a public entity in this state, including the department, by a transportation network company or delivery network company, including names, addresses, and any other personally identifiable information of drivers or delivery persons is not subject to disclosure under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">552</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Government Code.</w:t>
       </w:r>
@@ -6284,51 +6458,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId58">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4215</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCLOSURE OF PASSENGER OR DELIVERY CUSTOMER INFORMATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A transportation network company or delivery network company may disclose a passenger's or delivery customer's personal identifying information to a third party only if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6520,51 +6700,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId60">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4215</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 11, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DATA SHARING WITH MUNICIPALITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A municipality and a transportation network company or delivery network company may voluntarily enter into an agreement under which the company shares the company's data with the municipality.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -6619,51 +6805,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  ENFORCEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 2402.201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2402.201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERMIT SUSPENSION OR REVOCATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may suspend or revoke a permit issued to a transportation network company or delivery network company that violates a provision of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>