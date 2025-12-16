--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -56,51 +56,57 @@
         <w:t xml:space="preserve">SUBTITLE D. DENTISTRY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CHAPTER 257. LICENSE RENEWAL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 257.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">257.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE EXPIRATION; TERM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A license issued under this subtitle is valid for a term of one or two years, as determined by board rule.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -561,51 +567,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>313</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 257.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">257.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REFUSAL FOR VIOLATION OF BOARD ORDER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board may refuse to renew a license issued under this subtitle if the license holder is in violation of a board order.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>