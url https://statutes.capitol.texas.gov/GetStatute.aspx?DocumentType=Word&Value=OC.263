--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -56,51 +56,57 @@
         <w:t xml:space="preserve">SUBTITLE D. DENTISTRY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CHAPTER 263. LICENSE DENIAL AND DISCIPLINARY PROCEEDINGS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 263.0001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">263.0001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this chapter, "license" means a license, certificate, registration, permit, or other authorization that is issued under this subtitle.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -110,51 +116,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>313</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 27, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 263.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">263.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GROUNDS FOR REFUSAL TO ISSUE LICENSE; APPLICATION OF OPEN MEETINGS LAW.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board may refuse to issue a license to an applicant under this subtitle if the person:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -754,51 +766,57 @@
         <w:t xml:space="preserve">If a person holds a license to practice dentistry or dental hygiene, the board may reprimand or impose a fine on the person, issue a warning letter to the person, place the person's license on probation, or suspend or revoke the person's license under Subsection (a)(10) only if a majority of the board determines that the person has committed an act described by Subsection (a)(10).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.  Amended by Acts 2001, 77th Leg., ch. 1420, Sec. 14.092(b), eff. Sept. 1, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 263.0025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">263.0025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUBMISSION TO MENTAL OR PHYSICAL EVALUATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In enforcing Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">263.001</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)(3) or Section </w:t>
       </w:r>
@@ -904,51 +922,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>313</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 29, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 263.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">263.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HEARING.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person is entitled to a hearing under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2001</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Government Code, if the board proposes to:</w:t>
       </w:r>
@@ -1670,51 +1694,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>610</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 263.0065.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">263.0065.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DELEGATION OF CERTAIN COMPLAINT DISPOSITIONS.  (a) The board may delegate to a committee of board employees the authority to dismiss or enter into an agreed settlement of a complaint that does not relate directly to patient care or that involves only administrative violations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2409,51 +2439,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>313</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 32, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 263.0071.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">263.0071.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DENTAL REVIEW COMMITTEE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The dental review committee consists of nine members appointed by the governor as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2635,51 +2671,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>313</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 33, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 263.0072.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">263.0072.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INFORMAL SETTLEMENT CONFERENCE PANEL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall appoint members of the board and the dental review committee to serve, on a rotating basis, as panelists on an informal settlement conference panel for purposes of this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2795,51 +2837,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>313</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 33, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 263.0073.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">263.0073.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ROLES AND RESPONSIBILITIES OF PARTICIPANTS IN INFORMAL SETTLEMENT CONFERENCE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">At an informal settlement conference under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">263.007</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, the panel shall make recommendations for the disposition of the complaint or allegation.</w:t>
       </w:r>
@@ -3057,51 +3105,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>313</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 33, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 263.0074.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">263.0074.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISMISSAL OF BASELESS COMPLAINT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If, during the 180-day period prescribed by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">263.007</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(b)(1), the board determines that the complaint is a baseless or unfounded complaint, the board shall dismiss the complaint and include a statement in the records of the complaint that the reason for the dismissal is because the complaint was baseless or unfounded.</w:t>
       </w:r>
@@ -3126,51 +3180,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>313</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 33, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 263.0076.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">263.0076.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INFORMAL SETTLEMENT CONFERENCE NOTICE REGARDING CERTAIN COMPLAINTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> If an informal settlement conference is not scheduled for a complaint before the 180-day period prescribed by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">263.007</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(b)(1), the board shall provide notice to all parties to the complaint.</w:t>
       </w:r>
@@ -3234,51 +3294,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>313</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 34, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 263.0077.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">263.0077.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REMEDIAL PLAN.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board may issue and establish the terms of a remedial plan to resolve the investigation of a complaint filed under this subtitle.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>