--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -721,51 +721,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>406</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15, eff. November 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION OF SUNSET ACT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas Board of Nursing is subject to Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">325</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Government Code (Texas Sunset Act).</w:t>
       </w:r>
@@ -1178,51 +1184,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REFERENCE IN OTHER LAW.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A reference in any other law to the former Board of Nurse Examiners means the Texas Board of Nursing.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1281,51 +1293,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>406</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 16, eff. November 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.006.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.006.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CLAIM OR DEFENSE FOR PROHIBITED RULE OR POLICY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board may not adopt a rule, regulation, or policy that violates Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Civil Practice and Remedies Code.</w:t>
       </w:r>
@@ -1950,51 +1968,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MEMBERSHIP AND EMPLOYEE RESTRICTIONS.  (a)  In this section, "Texas trade association" means a cooperative and voluntarily joined statewide association of business or professional competitors in this state designed to assist its members and its industry or profession in dealing with mutual business or professional problems and in promoting their common interest.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -3655,51 +3679,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D. GENERAL POWERS AND DUTIES OF BOARD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL RULEMAKING AUTHORITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board may adopt and enforce rules consistent with this chapter and necessary to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3810,51 +3840,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>920</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES REGARDING SPECIALIZED TRAINING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "advanced practice registered nurse" means a registered nurse licensed by the board to practice as an advanced practice registered nurse on the basis of completion of an advanced educational program.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -4365,51 +4401,57 @@
         <w:t xml:space="preserve">The board in recommending a rule and the Texas State Board of Medical Examiners in acting on a recommended rule shall, to the extent allowable under state and federal statutes, rules, and regulations, act to enable the state to obtain its fair share of the federal funds available for the delivery of health care in this state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.  Amended by Acts 2003, 78th Leg., ch. 553, Sec. 1.010, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.1545.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.1545.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES ON CONSEQUENCES OF CRIMINAL CONVICTION OR DEFERRED ADJUDICATION.  (a)  The board shall adopt rules and guidelines necessary to comply with Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, except to the extent the requirements of this subtitle are stricter than the requirements of that chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -6058,51 +6100,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2950</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.1571.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.1571.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">USE OF STANDARDIZED EXAMINATIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall adopt rules related to the use by a school of nursing or educational program offered in this state of a standardized examination prepared by a private entity.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -6611,51 +6659,57 @@
         <w:t xml:space="preserve">POISON CONTROL CENTER INFORMATION.  The board shall provide to license holders information regarding the services provided by poison control centers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 1163, Sec. 4, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.1583.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.1583.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCIPLINARY ACTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall remove a disciplinary action from the nurse licensure verification page on the board's Internet website if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -6882,51 +6936,57 @@
         <w:t xml:space="preserve">The board shall provide reasonable assistance to a person who wishes to file a complaint with the board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.1595.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.1595.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY COMMITTEES.  (a)  The board may appoint advisory committees to perform the advisory functions assigned by the board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8186,51 +8246,57 @@
         <w:t xml:space="preserve">ASSISTANCE OF PROSECUTOR.  A board member may present to a prosecuting officer a complaint relating to a violation of this chapter.  The board, through its members, officers, counsel, or agents, shall assist in the trial of a case involving an alleged violation of this chapter, subject to the control of the prosecuting officers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.166.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.166.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">USE OF TECHNOLOGY.  The board shall implement a policy requiring the board to use appropriate technological solutions to improve the board's ability to perform its functions.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The policy must ensure that the public is able to interact with the board on the Internet.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8240,51 +8306,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.167.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.167.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NEGOTIATED RULEMAKING; ALTERNATIVE DISPUTE RESOLUTION.  (a)  The board shall develop and implement a policy to encourage the use of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8430,51 +8502,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId50">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.168.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.168.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUTIES REGARDING PRESCRIPTIVE AUTHORITY AGREEMENTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall in conjunction with the Texas Medical Board and the Texas Physician Assistant Board perform the functions and duties relating to prescriptive authority agreements assigned to the board in Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">157.0512</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
@@ -8735,51 +8813,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3961</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 17, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.203.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.203.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RECORDS AND ANALYSIS OF COMPLAINTS.  (a)  The board shall maintain a system to promptly and efficiently act on complaints filed with the board.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall maintain information about:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9026,51 +9110,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 16, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.204.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.204.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL RULES, POLICIES, AND PROCEDURES REGARDING COMPLAINT INVESTIGATION AND DISPOSITION.  (a)  The board shall adopt rules, policies, and procedures concerning the investigation of a complaint filed with the board.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The rules, policies, or procedures adopted under this subsection must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9464,51 +9554,57 @@
         <w:t xml:space="preserve">The board shall prepare and maintain a written plan that describes how a person who does not speak English can be provided reasonable access to the board's programs.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.206.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.206.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONFIDENTIALITY OF INFORMATION COLLECTED FOR EMERGENCY RELIEF PROGRAMS.  (a)  In this section, "emergency relief program" means a program operated or sponsored by the federal government, the state, or a nonprofit organization to provide nurses to assist in providing health care to victims or potential victims of a disaster or state or local emergency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -9572,51 +9668,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3961</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.207.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.207.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONFIDENTIALITY OF INFORMATION PROVIDED FOR LICENSURE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The following information that a person submits to the board for a petition for a declaratory order of eligibility for a license or for an application for an initial license or a license renewal under this chapter is confidential to the same extent information collected on a nurse as part of an investigation of a complaint is confidential under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.466</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
@@ -12316,51 +12418,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId68">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>193</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.262.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.262.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSING OF CERTAIN MILITARY VETERANS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "active duty" and "armed forces of the United States" have the meanings assigned by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">55.001</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -13418,51 +13526,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId76">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 23, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.304.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.304.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION IN TICK-BORNE DISEASES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">As part of the continuing education requirements under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.303</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a license holder whose practice includes the treatment of tick-borne diseases shall be encouraged to participate, during each two-year licensing period, in continuing education relating to the treatment of tick-borne diseases.</w:t>
       </w:r>
@@ -13617,51 +13731,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId78">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2975</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.305.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.305.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION IN NURSING JURISPRUDENCE AND NURSING ETHICS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">As part of a continuing competency program under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.303</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a license holder shall complete at least two hours of continuing education relating to nursing jurisprudence and nursing ethics before the end of every third two-year licensing period.</w:t>
       </w:r>
@@ -13721,51 +13841,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId79">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.306.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.306.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FORENSIC EVIDENCE COLLECTION COMPONENT IN CONTINUING EDUCATION.  (a)  As part of continuing education requirements under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.303</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a license holder who is employed to work in an emergency room setting and who is required under board rules to comply with this section shall complete at least two hours of continuing education relating to forensic evidence collection not later than:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
@@ -13869,51 +13995,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId80">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>39</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.307.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.307.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION IN OLDER ADULT OR GERIATRIC CARE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">As part of a continuing competency program under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.303</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a license holder whose practice includes older adult or geriatric populations shall complete at least two hours of continuing education relating to older adult or geriatric populations or maintain certification in an area of practice relating to older adult or geriatric populations.</w:t>
       </w:r>
@@ -13973,51 +14105,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId81">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.308.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.308.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION IN HUMAN TRAFFICKING PREVENTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">As part of a continuing competency program under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.303</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a license holder who provides direct patient care shall complete a human trafficking prevention course approved by the executive commissioner of the Health and Human Services Commission under Section </w:t>
       </w:r>
@@ -14058,51 +14196,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId82">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2059</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.309.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.309.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION IN NUTRITION AND METABOLIC HEALTH.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">As part of continuing education requirements under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.303</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a license holder shall complete, in accordance with this section and rules adopted under this section, continuing education regarding nutrition and metabolic health.</w:t>
       </w:r>
@@ -14205,51 +14349,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER H. PRACTICE BY LICENSE HOLDER</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.351.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.351.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DESIGNATIONS.  (a)  A person who holds a license as a registered nurse under this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -15057,96 +15207,108 @@
       <w:hyperlink w:docLocation="table" r:id="rId89">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>193</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.353.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.353.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUPERVISION OF VOCATIONAL NURSE.  The practice of vocational nursing must be performed under the supervision of a registered nurse, physician, physician assistant, podiatrist, or dentist.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2005, 79th Leg., Ch. 113 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId90">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. May 20, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.354.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.354.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NURSE FIRST ASSISTANTS; ASSISTING AT SURGERY BY OTHER NURSES.  (a)  In this section, "nurse first assistant" means a registered nurse who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -15515,51 +15677,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId92">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3167</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 17.001(57), eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.356.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.356.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REFUSAL OF MANDATORY OVERTIME.  The refusal by a nurse to work mandatory overtime as authorized by Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">258</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Health and Safety Code, does not constitute patient abandonment or neglect.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2009, 81st Leg., R.S., Ch. 742 (S.B. </w:t>
       </w:r>
@@ -15581,51 +15749,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER I.  REPORTING VIOLATIONS AND PATIENT CARE CONCERNS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.401.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.401.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.  In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -15848,51 +16022,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId96">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3961</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9, eff. June 19, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.4011.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.4011.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GOOD FAITH REPORT BY NURSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter, a report is considered to be made in good faith if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -15940,51 +16120,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId97">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>192</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.402.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.402.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MANDATORY REPORT BY NURSE.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)  Repealed by Acts 2007, 80th Leg., R.S., Ch. 803, Sec. 21(3), eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
@@ -16367,51 +16553,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId102">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>192</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.4025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.4025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OPTIONAL REPORT BY NURSE.  (a)  In a written, signed report to the appropriate licensing board or accrediting body, a nurse may report a licensed health care practitioner, agency, or facility that the nurse has reasonable cause to believe has exposed a patient to substantial risk of harm as a result of failing to provide patient care that conforms to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -16590,51 +16782,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId104">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>192</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.403.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.403.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUTY OF PEER REVIEW COMMITTEE TO REPORT.  (a)  Except as provided by Subsection (b), a nursing peer review committee operating under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">303</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> that determines that a nurse has engaged in conduct subject to reporting shall file with the board a written, signed report that includes:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
@@ -16858,51 +17056,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId106">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>993</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 10, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.404.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.404.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUTY OF NURSING EDUCATIONAL PROGRAM TO REPORT.  A nursing educational program that has reasonable cause to suspect that the ability of a nursing student to perform the services of the nursing profession would be, or would reasonably be expected to be, impaired by chemical dependency shall file with the board a written, signed report that includes the identity of the student and any additional information the board requires.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.  Amended by Acts 2003, 78th Leg., ch. 553, Sec. 1.032, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -18261,51 +18465,57 @@
         <w:t xml:space="preserve">The board shall prepare the form of the abstract and distribute a copy to each district attorney and county attorney in this state with appropriate instructions for preparation and filing.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.  Amended by Acts 2003, 78th Leg., ch. 553, Sec. 1.037, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.410.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.410.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORT REGARDING IMPAIRMENT BY CHEMICAL DEPENDENCY, MENTAL ILLNESS, OR DIMINISHED MENTAL CAPACITY.  (a)  A person who is required to report a nurse under this subchapter because the nurse is impaired or suspected of being impaired by chemical dependency or mental illness may report to a peer assistance program approved by the board under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">467</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Health and Safety Code, instead of reporting to the board or requesting review by a nursing peer review committee.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -18350,51 +18560,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId112">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 24, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.4105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.4105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">BOARD RESPONSIBILITY FOLLOWING REPORT.  The board shall determine whether a nurse violated this chapter or a rule adopted under this chapter for any case reported to the board in which the nurse's ability to perform the practice of nursing was impaired or suspected of being impaired by chemical dependency or diminished mental capacity and in which the nurse is suspected of committing a practice violation.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board, in deciding whether to take disciplinary action against the nurse for a violation of this chapter or board rules, shall balance the need to protect the public and the need to ensure the impaired nurse seeks treatment.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -18404,51 +18620,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId113">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 25, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.4106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.4106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PEER ASSISTANCE PROGRAMS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board by rule shall develop guidelines to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -18673,51 +18895,57 @@
         <w:t xml:space="preserve">The appropriate state licensing agency may take action against a person regulated by the agency for a failure to report as required by this subchapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.412.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.412.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTING IMMUNITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person who in good faith makes a report required or authorized under this subchapter, or a person who advises a nurse of the nurse's right or obligation to report under this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -22105,51 +22333,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId128">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1434</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.4521.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.4521.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PHYSICAL AND PSYCHOLOGICAL EVALUATION.  (a)  In this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -23421,51 +23655,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId132">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.4531.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.4531.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SCHEDULE OF SANCTIONS.  (a)  The board by rule shall adopt a schedule of the disciplinary sanctions that the board may impose under this chapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In adopting the schedule of sanctions, the board shall ensure that the severity of the sanction imposed is appropriate to the type of violation or conduct that is the basis for disciplinary action.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -23665,51 +23905,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId133">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 27, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.4535.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.4535.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIRED SUSPENSION, REVOCATION, OR REFUSAL OF LICENSE FOR CERTAIN OFFENSES.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -24706,51 +24952,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId140">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.455.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.455.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEMPORARY LICENSE SUSPENSION OR RESTRICTION.  (a)  The license of a nurse shall be temporarily suspended or restricted on a determination by a majority of the board or a three-member committee of board members designated by the board that, from the evidence or information presented, the continued practice of the nurse would constitute a continuing and imminent threat to the public welfare.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -24901,51 +25153,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId142">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>193</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.4551.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.4551.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEMPORARY LICENSE SUSPENSION FOR DRUG OR ALCOHOL USE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board shall temporarily suspend the license of a nurse as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.455</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> if the nurse is under a board order prohibiting the use of alcohol or a drug or requiring the nurse to participate in a peer assistance program, and the nurse:</w:t>
       </w:r>
@@ -25520,51 +25778,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId146">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.4575.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.4575.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROCEDURES FOR EXPERT ADVANCED PRACTICE REGISTERED NURSE REVIEW.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An expert advanced practice registered nurse reviewing a complaint against an advanced practice registered nurse under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.457</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(h) shall:</w:t>
       </w:r>
@@ -26220,51 +26484,57 @@
         <w:t xml:space="preserve">The provision of information under Subsection (a) does not constitute a waiver of privilege or confidentiality under this chapter or other applicable law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.461.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.461.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ASSESSMENT OF COSTS PROHIBITED.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board may not assess a person who is found to have violated this chapter the administrative costs of conducting a hearing to determine the violation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -27710,51 +27980,57 @@
         <w:t xml:space="preserve">NOTICE OF FINAL ACTION.  If the board takes a final disciplinary action, including a warning or reprimand, against a nurse under this subchapter, the board shall immediately send a copy of the board's final order to the nurse and to the last known employer of the nurse.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.  Amended by Acts 2003, 78th Leg., ch. 553, Sec. 1.056, eff. Sept. 1, 2003.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.470.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.470.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REFUND.  (a)  Subject to Subsection (b), the board may order a license holder to pay a refund to a consumer as provided in an agreement resulting from an informal settlement conference instead of or in addition to imposing an administrative penalty under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -27783,51 +28059,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId155">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 28, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.471.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.471.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EMERGENCY CEASE AND DESIST ORDER.  (a)  If it appears to the board that a person who is not licensed under this chapter is violating this chapter, a rule adopted under this chapter, or another state statute or rule relating to the practice of professional nursing or vocational nursing and the board determines that the unauthorized activity constitutes a clear, imminent, or continuing threat to the public health and safety, the board may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -30201,51 +30483,57 @@
         <w:t xml:space="preserve">The board shall cooperate with the Texas State Board of Medical Examiners in adopting rules under this subchapter to eliminate, to the extent possible, conflicts between the rules adopted by each board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2001, 77th Leg., ch. 1420, Sec. 14.125(a), eff. Sept. 1, 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.603.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.603.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.  Rules adopted by the board under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.602</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> do not apply to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
@@ -30756,51 +31044,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER N.  CORRECTIVE ACTION PROCEEDING AND DEFERRED ACTION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.651.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.651.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this subchapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -30884,51 +31178,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId160">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 12, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.652.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.652.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IMPOSITION OF CORRECTIVE ACTION.  (a)  The board may impose a corrective action on a person licensed or regulated under this chapter who violates this chapter or a rule or order adopted under this chapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The corrective action:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -31020,51 +31320,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId161">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1415</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.653.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.653.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORT AND NOTICE OF VIOLATION AND CORRECTIVE ACTION.  If the executive director determines that a person has committed a violation for which a corrective action may be imposed under the guidelines adopted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.652</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(b), the executive director may give written notice of the determination and recommendation for corrective action to the person subject to the corrective action.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The notice may be given by certified mail.</w:t>
       </w:r>
@@ -31146,51 +31452,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId162">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1415</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.654.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.654.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RESPONSE.  Not later than the 20th day after the date the person receives the notice under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301.653</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, the person may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
@@ -31235,51 +31547,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId163">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1415</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.655.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.655.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACTION FOLLOWING RESPONSE.  (a)  If the person accepts the executive director's determination and satisfies the recommended corrective action, the case is closed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -31373,51 +31691,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId165">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.6555.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.6555.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFERRED ACTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For any action or complaint for which the board proposes to impose on a person a sanction other than a reprimand or a denial, suspension, or revocation of a license, the board may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -31511,51 +31835,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId166">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.656.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.656.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORT TO BOARD.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive director shall report periodically to the board on the corrective or deferred actions imposed under this subchapter, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -31633,51 +31963,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId168">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15, eff. September 1, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 301.657.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">301.657.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EFFECT ON ACCEPTANCE OF CORRECTIVE OR DEFERRED ACTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except to the extent provided by this section, a person's acceptance of a corrective or deferred action under this subchapter does not constitute an admission of a violation but does constitute a plea of nolo contendere.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>