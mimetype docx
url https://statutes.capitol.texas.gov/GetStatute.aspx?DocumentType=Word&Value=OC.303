--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -530,51 +530,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>192</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 303.0015.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">303.0015.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIRED ESTABLISHMENT OF NURSING PEER REVIEW COMMITTEE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person shall establish a nursing peer review committee to conduct nursing peer review under this chapter and Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">301</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
@@ -2275,51 +2281,57 @@
         <w:t xml:space="preserve">A peer review committee that discloses information under this section and each person who receives the information shall protect, to the extent possible, the identity of each patient.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 303.0075.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">303.0075.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SHARING OF INFORMATION.  (a)  A nursing peer review committee and a patient safety committee established by the same entity may share information.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2382,51 +2394,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>993</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 303.008.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">303.008.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REBUTTAL STATEMENT.  (a)  If a nursing peer review committee makes an adverse finding against a nurse, the committee shall provide the nurse with a detailed description of the basis of its finding.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2693,51 +2711,57 @@
         <w:t xml:space="preserve">may not be subjected to retaliatory action as a result of that act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 303.011.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">303.011.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EVALUATION BY COMMITTEE.  (a)  In evaluating a nurse's conduct, the nursing peer review committee shall review the evidence to determine the extent to which a deficiency in care by the nurse was the result of deficiencies in the nurse's judgment, knowledge, training, or skill rather than other factors beyond the nurse's control.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A determination that a deficiency in care is attributable to a nurse must be based on the extent to which the nurse's conduct was the result of a deficiency in the nurse's judgment, knowledge, training, or skill.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2803,51 +2827,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>993</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 20, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 303.012.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">303.012.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ERROR CLASSIFICATION SYSTEM.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The board may develop a standardized error classification system for use by a nursing peer review committee in evaluating the conduct of a nurse.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>