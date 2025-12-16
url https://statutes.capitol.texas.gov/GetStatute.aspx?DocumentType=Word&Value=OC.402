--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -442,51 +442,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. June 18, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF CHAPTER.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -803,51 +809,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.001, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OVER-THE-COUNTER HEARING AIDS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by this section, this chapter does not apply to servicing, marketing, selling, dispensing, providing customer support for, acquiring, or distributing over-the-counter hearing aids, regardless of whether the transaction occurs in person, online, or through other means.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -975,51 +987,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  HEARING INSTRUMENT FITTERS AND DISPENSERS ADVISORY BOARD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY BOARD MEMBERSHIP.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board consists of nine members appointed by the presiding officer of the commission with the approval of the commission as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -1231,51 +1249,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.002, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.0511.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.0511.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUTIES OF ADVISORY BOARD.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall provide advice and recommendations to the department on technical matters relevant to the administration of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1315,51 +1339,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.085, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TERMS; VACANCIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Members of the advisory board serve staggered six-year terms. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1449,51 +1479,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 11, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.057.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.057.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRESIDING OFFICER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The presiding officer of the commission shall designate a member of the advisory board to serve as the presiding officer of the advisory board for a term of two years.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1594,51 +1630,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 12, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.058.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.058.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MEETINGS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The advisory board shall meet at the call of the presiding officer of the commission or the executive director.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1724,51 +1766,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  POWERS AND DUTIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS AND DUTIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive director shall administer and enforce this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1894,51 +1942,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.090, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.1021.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.1021.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES FOR HEARING INSTRUMENTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">With the assistance of the advisory board, the commission shall adopt rules to establish requirements for each sale of a hearing instrument for purposes of this chapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2145,51 +2199,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId44">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>904</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FALSE, MISLEADING, OR DECEPTIVE ADVERTISING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Repealed by Acts 2015, 84th Leg., R.S., Ch. 838 , Sec. 1.222(86), eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2848,51 +2908,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D. PUBLIC INTEREST INFORMATION AND COMPLAINT PROCEDURES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPLAINTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each license or permit holder under this chapter shall at all times prominently display in the person's place of business a sign containing information about filing a complaint as prescribed by commission rule.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3988,51 +4054,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId68">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2699</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.207.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.207.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ISSUANCE OF APPRENTICE PERMIT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall issue an apprentice permit to fit and dispense hearing instruments to a temporary training permit holder who has:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4228,51 +4300,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId72">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1560</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.15, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.208.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.208.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ISSUANCE OF LICENSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall issue a license to an apprentice permit holder when the department has received sufficient evidence that the apprentice permit holder has met all the licensing requirements of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4301,51 +4379,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId73">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.103, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.209.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.209.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION BY LICENSE HOLDER FROM ANOTHER STATE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person licensed to fit and dispense hearing instruments in another state may apply for a license under this chapter by submitting a completed application on a form prescribed by the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4805,51 +4889,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId83">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2699</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.210.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.210.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CRIMINAL HISTORY RECORD INFORMATION REQUIREMENT FOR LICENSE ISSUANCE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall require that an applicant for a license submit a complete and legible set of fingerprints, on a form prescribed by the department, to the department or to the Department of Public Safety for the purpose of obtaining criminal history record information from the Department of Public Safety and the Federal Bureau of Investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5043,51 +5133,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F. TEMPORARY TRAINING PERMIT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.251.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.251.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEMPORARY TRAINING PERMIT QUALIFICATIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall issue a temporary training permit to a person who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5240,51 +5336,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId88">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.004, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.252.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.252.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUPERVISION STATEMENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An application for a temporary training permit must be accompanied by the statement of a person licensed to fit and dispense hearing instruments under this chapter or Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">401</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, other than a person licensed under Section </w:t>
       </w:r>
@@ -6493,51 +6595,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId96">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>40</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 3, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.256.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.256.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">AUTHORITY OF TEMPORARY TRAINING PERMIT HOLDER.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A temporary training permit holder may provide routine fitting and dispensing of hearing instruments that have been ordered by the supervisor.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -7047,51 +7155,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId102">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.222(97), eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.304.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.304.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ALTERNATIVE TO CONTINUING EDUCATION REQUIREMENT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A license holder may be credited with continuing education credit hours for a published book or article written by the license holder that contributes to the license holder's professional competence.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -7180,51 +7294,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId105">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3.006, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.305.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.305.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION EXEMPTIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may renew the license of a license holder who does not comply with the applicable continuing education requirements if the license holder</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">submits proof from an attending physician that the license holder suffered a serious or disabling illness or physical disability that prevented compliance with the continuing education requirements during the 24 months before the reporting date.</w:t>
       </w:r>
@@ -7343,51 +7463,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId110">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>904</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.306.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.306.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUPLICATE LICENSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall issue a duplicate license to a license holder whose license has been lost or destroyed.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -7440,51 +7566,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER H. PRACTICE BY LICENSE HOLDER</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.351.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.351.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISPLAY OF LICENSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person engaged in fitting and dispensing hearing instruments shall display the person's license in a conspicuous place in the person's principal office and, when required, shall exhibit the license to the department or its authorized representative.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7756,51 +7888,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId113">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.119, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.354.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.354.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CLIENT ACCESS TO RECORDS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A client of a person licensed to fit and dispense hearing instruments or of a hearing instrument fitting and dispensing practice is entitled to obtain a copy of the client's records that pertain to the testing for, and fitting and dispensing of, hearing instruments by making a signed, written request to the license holder or practice for the records.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7825,51 +7963,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER I. GENERAL BUSINESS REGULATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.401.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.401.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRIAL PERIOD.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission by rule shall establish guidelines for a 30-day trial period during which a person may cancel the purchase of a hearing instrument.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8005,51 +8149,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId116">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>904</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.403.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.403.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">WRITTEN CONTRACT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The owner of a hearing instrument fitting and dispensing practice shall ensure that each client receives a written contract at the time of purchase of a hearing instrument that contains the information prescribed by commission rule.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8120,51 +8270,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId119">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 8, eff. June 18, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.404.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.404.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SURETY BONDING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A sole proprietor, partnership, corporation, or other legal entity engaged in the fitting and dispensing of hearing instruments shall file with the department security in a form provided by Subsection (b) in the amount of $10,000 and conditioned on the promise to pay all:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -8942,51 +9098,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER K. LICENSE DENIAL AND DISCIPLINARY PROCEDURES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.501.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.501.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GROUNDS FOR LICENSE DENIAL AND DISCIPLINARY ACTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission or executive director may refuse to issue or renew a license, revoke or suspend a license or permit, place on probation a person whose license or permit has been suspended, or reprimand a license or permit holder who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9604,51 +9766,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER L.  ENFORCEMENT PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 402.5521.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">402.5521.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REFUND FOR HEARING INSTRUMENT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission or executive director may order a license holder to pay a refund to a consumer who returns a hearing instrument during the 30-day trial period required by rules adopted under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">402.1021</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>