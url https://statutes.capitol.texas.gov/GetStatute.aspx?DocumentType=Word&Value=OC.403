--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -71,51 +71,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.  In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -534,51 +540,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.129, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY.  This chapter does not:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -663,51 +675,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  POWERS AND DUTIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY BOARD.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall appoint an advisory board to provide advice and recommendations to the department on technical matters relevant to the administration of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -768,51 +786,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.0511.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.0511.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS AND DUTIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive director shall administer and enforce this chapter. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -822,51 +846,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.131, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">STANDARDS OF ETHICAL PRACTICE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall adopt rules that establish standards of ethical practice.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -906,51 +936,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.132, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PUBLISHING LICENSE HOLDER HOME ADDRESS PROHIBITED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may not include the home address of a person licensed under this chapter in a roster, registry, or other database the department publishes on the department's Internet website unless the person requests that the person's home address appear in the roster, registry, or other database on the website.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1009,141 +1045,159 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  LICENSE REQUIREMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE REQUIRED.  A person may not use the title "licensed dyslexia practitioner" or "licensed dyslexia therapist" in this state unless the person holds the appropriate license under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2009, 81st Leg., R.S., Ch. 1255 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>461</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ISSUANCE OF LICENSE.  The department shall issue a licensed dyslexia practitioner or licensed dyslexia therapist license to an applicant who meets the requirements of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2009, 81st Leg., R.S., Ch. 1255 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>461</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.1025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.1025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TERM OF LICENSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A license issued under this chapter is valid for two years.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1153,51 +1207,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>219</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5.066, eff. April 2, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE APPLICATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A license applicant must apply to the department on a form and in the manner prescribed by the executive director.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1256,51 +1316,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.133, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELIGIBILITY FOR LICENSED DYSLEXIA PRACTITIONER LICENSE.  (a)  To be eligible for a licensed dyslexia practitioner license, an applicant must have:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1471,51 +1537,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>461</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ELIGIBILITY FOR LICENSED DYSLEXIA THERAPIST LICENSE.  (a)  To be eligible for a licensed dyslexia therapist license, an applicant must have:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1686,51 +1758,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>461</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENTS FOR TRAINING PROGRAMS.  (a)  For purposes of determining whether an applicant satisfies the training requirements for a license under this chapter, a multisensory structured language education training program completed by the applicant must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2093,51 +2171,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.001, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.107.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.107.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXAMINATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To obtain a license, an applicant must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2335,51 +2419,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.002, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.108.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.108.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">WAIVER OF EXAMINATION REQUIREMENT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may waive the examination requirement and issue a license to an applicant who holds an appropriate certificate or other accreditation from a nationally accredited multisensory structured language education organization recognized by the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2419,51 +2509,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4.003, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.110.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.110.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">QUALIFIED INSTRUCTOR.  To be considered a qualified instructor under this chapter, a person must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2542,51 +2638,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  PRACTICE BY LICENSE HOLDER</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRACTICE SETTING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A licensed dyslexia practitioner may practice only in, or provide telehealth services from a remote location only to, an educational setting, including a school, learning center, or clinic.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2679,51 +2781,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  LICENSE DENIAL; DISCIPLINARY PROCEDURES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.202.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.202.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROHIBITED ACTIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A license holder may not:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2841,51 +2949,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId46">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.138, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.203.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.203.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GROUNDS FOR DISCIPLINARY ACTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If a license holder violates this chapter or a rule or code of ethics adopted by the commission, the commission or executive director shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3001,51 +3115,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId48">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.139, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 403.209.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">403.209.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MONITORING OF LICENSE HOLDER.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission by rule shall develop a system for monitoring a license holder's compliance with the requirements of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>