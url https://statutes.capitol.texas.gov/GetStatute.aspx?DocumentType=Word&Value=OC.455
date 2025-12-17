--- v0 (2025-10-08)
+++ v1 (2025-12-17)
@@ -666,51 +666,57 @@
         <w:t xml:space="preserve">PRACTICES INCLUDED IN MASSAGE THERAPY.  Massage therapy includes the use of oil, salt glows, heat lamps, hot and cold packs, and tub, shower, or cabinet baths.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF CHAPTER.  This chapter does not apply to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1581,51 +1587,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  POWERS AND DUTIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.0511.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.0511.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS AND DUTIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive director shall administer and enforce this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1711,51 +1723,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6.002, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES REGARDING MASSAGE ESTABLISHMENTS.  Rules adopted under this chapter relating to a massage establishment must contain minimum standards for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -1984,51 +2002,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2696</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES REGARDING MASSAGE SCHOOLS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Rules adopted under this chapter relating to a massage school must contain minimum standards for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2325,51 +2349,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.241, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.054.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.054.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES REGARDING MASSAGE THERAPISTS.  Rules adopted under this chapter relating to a massage therapist must contain minimum standards for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2503,51 +2533,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2696</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES REGARDING MASSAGE THERAPY INSTRUCTORS.  Rules adopted under this chapter relating to a massage therapy instructor must contain minimum standards for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2776,51 +2812,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2696</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.059.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.059.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSPECTIONS; INVESTIGATIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department, the department's authorized representative, or a peace officer may enter the premises of a massage establishment or massage school at:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2883,51 +2925,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  MASSAGE THERAPY ADVISORY BOARD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY BOARD MEMBERSHIP.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board consists of nine members appointed by the presiding officer of the commission with the approval of the commission as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3109,51 +3157,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6.005, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUTIES OF ADVISORY BOARD.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall provide advice and recommendations to the department on technical matters relevant to the administration of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3163,51 +3217,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6.005, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TERMS; VACANCIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Members of the advisory board are appointed for staggered six-year terms.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3339,51 +3399,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 16, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRESIDING OFFICER.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The presiding officer of the commission shall designate a member of the advisory board to serve as the presiding officer of the advisory board for a term of two years.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3494,51 +3560,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 17, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MEETINGS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall meet at the call of the executive director or the presiding officer of the commission.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3593,51 +3665,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  LICENSING</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE REQUIRED.  (a)  Unless the person is exempt from the licensing requirement, a person may not act as a massage therapist, massage school, massage therapy instructor, or massage establishment unless the person holds an appropriate license issued under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -3886,51 +3964,57 @@
           <w:t>1778</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.10, and Ch. 204 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId50">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1620</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15.001, see other Sec. 455.152</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INELIGIBILITY FOR LICENSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person is not eligible for a license as a massage establishment, massage school, massage therapist, or massage therapy instructor if the person is an individual and has been convicted of, entered a plea of nolo contendere or guilty to, or received deferred adjudication for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4352,51 +4436,57 @@
           <w:t>703</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, and Ch. 568 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId61">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1732</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, see other Sec. 455.152</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INELIGIBILITY FOR LICENSE.  A person is not eligible for a license as a massage establishment, massage school, massage therapist, or massage therapy instructor if the person is an individual and has been convicted of, entered a plea of nolo contendere or guilty to, or received deferred adjudication for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -4627,51 +4717,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId67">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1620</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 15.001, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.1525.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.1525.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CRIMINAL HISTORY RECORD INFORMATION REQUIREMENT FOR LICENSE ISSUANCE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall require an applicant for a license to submit a complete and legible set of fingerprints, on a form prescribed by the department, to the department or to the Department of Public Safety for the purpose of obtaining criminal history record information from the Department of Public Safety and the Federal Bureau of Investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5061,51 +5157,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId70">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1865</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION FOR LICENSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An applicant for a license under this chapter must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5233,51 +5335,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId73">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 6.008, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL PROVISIONS RELATING TO LICENSES.  (a)  The holder of a license may exercise all professional rights, honors, and privileges relating to the practice of massage therapy.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5316,51 +5424,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId74">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2696</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 11, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.155.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.155.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE EXEMPTION.  (a)  Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">455.151</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> does not apply to an establishment or person that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
@@ -5692,51 +5806,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId76">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2644</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.156.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.156.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE REQUIREMENTS FOR MASSAGE THERAPIST.  (a)  The department shall issue a license to each qualified applicant who applies for a massage therapist license.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -6382,51 +6502,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId81">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2696</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 14, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.160.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.160.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE TERM AND RENEWAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A license issued under this chapter is valid for two years.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -6708,51 +6834,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId87">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1865</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.161.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.161.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">STUDENT PERMIT; ELIGIBILITY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall require a student enrolled in a massage school in this state to hold a permit stating the student's name and the name of the school and including a photograph of the student's face.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -6892,51 +7024,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  PRACTICE BY LICENSE HOLDERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REFERRAL FROM PHYSICIAN.  A person issued a license may receive referrals from a physician to administer massage therapy.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -6956,51 +7094,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId90">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2696</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 17, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.202.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.202.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRACTICE BY MASSAGE ESTABLISHMENT.  (a)  A massage establishment may employ only licensed massage therapists to perform massage therapy or other massage services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -7852,51 +7996,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId97">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.250, eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.2035.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.2035.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTS TO DEPARTMENT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A massage school shall maintain a monthly progress report regarding each student attending the school.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -7934,51 +8084,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId98">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1865</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 5, eff. July 1, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.204.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.204.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISPLAY OF LICENSE.  (a)  A person who holds a license shall publicly display the license as specified by the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -8222,51 +8378,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId101">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2696</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 20, eff. September 1, 2005.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.206.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.206.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NEW LICENSE REQUIRED FOR CHANGE OF LOCATION OF ESTABLISHMENT OR SCHOOL.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A massage establishment or massage school may not change the location of the establishment or school without obtaining a new massage establishment or massage school license under this chapter, as appropriate.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8306,51 +8468,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId103">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2167</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.207.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.207.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POSTING OF CERTAIN NOTICES REQUIRED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each massage establishment and massage school shall display in the form and manner prescribed by the commission a sign concerning services and assistance available to victims of human trafficking.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -8519,51 +8687,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F.  LICENSE DENIAL OR DISCIPLINARY PROCEDURES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.251.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.251.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GROUNDS FOR LICENSE DENIAL, DISCIPLINARY ACTION, OR ADMINISTRATIVE PENALTY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission or executive director may refuse to issue a license to a person, suspend, revoke, or refuse to renew the license of a person, or impose an administrative penalty under Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
@@ -9364,51 +9538,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId117">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2167</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 455.252.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">455.252.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EMERGENCY ORDER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive director may issue an emergency order under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">51.3511</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> halting the operation of a massage establishment if:</w:t>
       </w:r>
@@ -9694,150 +9874,50 @@
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A civil penalty recovered in an action by a municipal attorney under this section shall be deposited to the credit of the general fund of the municipality and used only for purposes of combatting human trafficking.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(g)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In an injunction issued under this section, a court may include reasonable requirements to prevent further violations of this chapter.</w:t>
-      </w:r>
-[...98 lines deleted...]
-        <w:t xml:space="preserve">Text of subsection effective on December 04, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(h)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding any other law or rule:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>