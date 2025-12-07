--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -12076,126 +12076,73 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 880 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId77">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2443</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 51.355.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE ELIGIBILITY OF PERSON WHOSE LICENSE HAS BEEN REVOKED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as otherwise provided by this section, a person whose license has been revoked by order of the commission or executive director is not eligible for a new license until the first anniversary of the date of the revocation.</w:t>
-      </w:r>
-[...42 lines deleted...]
-        <w:t xml:space="preserve">This subsection and Subsection (a-1) expire September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Notwithstanding Subsection (a), a person whose license has been revoked by order of the commission or executive director is eligible to apply for a new license before the first anniversary of the date of the revocation if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>