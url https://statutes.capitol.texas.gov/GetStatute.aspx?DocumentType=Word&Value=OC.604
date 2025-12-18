--- v0 (2025-10-08)
+++ v1 (2025-12-18)
@@ -373,51 +373,57 @@
         <w:t xml:space="preserve">INTERPRETATION:  PRACTICE OF MEDICINE.  This chapter does not permit the practice of medicine, as defined by Subtitle B, by a respiratory care practitioner.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EFFECT OF CHAPTER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This chapter does not prohibit:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -689,51 +695,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A-1.  TEXAS BOARD OF RESPIRATORY CARE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.021.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.021.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEXAS BOARD OF RESPIRATORY CARE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The Texas Board of Respiratory Care is an advisory board to the Texas Medical Board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -743,51 +755,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.151, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.022.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.022.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPOINTMENT OF ADVISORY BOARD.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board consists of nine members appointed by the governor with the advice and consent of the senate as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -873,51 +891,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.151, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.023.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.023.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MEMBERSHIP ELIGIBILITY AND RESTRICTIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "Texas trade association" means a cooperative and voluntarily joined statewide association of business or professional competitors in this state designed to assist its members and its industry or profession in dealing with mutual business or professional problems and in promoting their common interest.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1104,51 +1128,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.151, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.024.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.024.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TERMS; VACANCIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Members of the advisory board are appointed for staggered six-year terms.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1243,51 +1273,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.151, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.025.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.025.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">OFFICERS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The governor shall designate a member of the advisory board as the presiding officer of the advisory board to serve in that capacity at the will of the governor.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1306,51 +1342,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.151, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.026.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.026.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GROUNDS FOR REMOVAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">It is a ground for removal from the advisory board that a member:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -1541,51 +1583,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.151, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.027.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.027.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PER DIEM.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A member of the advisory board is entitled to receive a per diem as set by legislative appropriation for each day that the member engages in the business of the advisory board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1595,51 +1643,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.151, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.028.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.028.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION OF OPEN MEETINGS, OPEN RECORDS, AND ADMINISTRATIVE PROCEDURE LAWS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as otherwise provided by this chapter, the advisory board is subject to Chapters </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">551</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -1667,51 +1721,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.151, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.029.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.029.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MEETINGS; QUORUM REQUIREMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall conduct regular meetings at least three times a year at the times and places the advisory board considers most convenient for applicants and advisory board members.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1771,51 +1831,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.151, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.030.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.030.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TRAINING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person who is appointed to and qualifies for office as a member of the advisory board may not vote, deliberate, or be counted as a member in attendance at a meeting of the advisory board until the person completes a training program that complies with this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2192,51 +2258,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  POWERS AND DUTIES OF ADVISORY BOARD AND MEDICAL BOARD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS AND DUTIES OF ADVISORY BOARD.  (a)  The advisory board shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2648,51 +2720,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.197(25), eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.0521.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.0521.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GUIDELINES FOR EARLY INVOLVEMENT IN RULEMAKING PROCESS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall adopt guidelines to establish procedures for receiving input during the rulemaking process from individuals and groups that have an interest in matters under the advisory board's jurisdiction.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2739,51 +2817,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.155, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.0522.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.0522.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">POWERS AND DUTIES OF MEDICAL BOARD RELATING TO RESPIRATORY CARE PRACTITIONERS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The medical board shall adopt rules consistent with this chapter to regulate:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2868,51 +2952,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.155, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FEES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board by rule shall set fees for an application, examination, certificate, temporary permit, permit and certificate renewal, and certificate reinstatement.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2981,51 +3071,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.156, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.054.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.054.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPROVAL OF EDUCATION PROGRAMS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In determining whether to approve a respiratory care education program, the advisory board shall consider relevant information about the quality of the program, including accreditation of the program by a professional medical association, such as the Commission on Accreditation of Allied Health Education Programs.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3054,51 +3150,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.157, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PEER ASSISTANCE PROGRAM.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board may use the Texas Physician Health Program established under Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">167</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as the advisory board's peer assistance program.</w:t>
       </w:r>
@@ -3163,51 +3265,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.158, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.057.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.057.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES REGARDING ADVERTISING OR COMPETITIVE BIDDING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board may not adopt rules restricting advertising or competitive bidding by a temporary permit or certificate holder except to prohibit false, misleading, or deceptive practices.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3352,51 +3460,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.159, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.058.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.058.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RULES ON CONSEQUENCES OF CRIMINAL CONVICTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall adopt rules and guidelines as necessary to comply with Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, except to the extent the requirements of this chapter are stricter than the requirements of Chapter </w:t>
       </w:r>
@@ -3418,51 +3532,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.160, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.059.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.059.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ASSISTANCE BY MEDICAL BOARD; DIVISION OF RESPONSIBILITIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The medical board shall provide administrative and clerical employees as necessary to enable the advisory board to administer this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3491,51 +3611,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.160, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.060.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.060.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PUBLIC PARTICIPATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subject to the advice and approval of the medical board, the advisory board shall develop and implement policies that provide the public with a reasonable opportunity to appear before the advisory board and to speak on any issue under the jurisdiction of the advisory board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3824,51 +3950,57 @@
         <w:t xml:space="preserve">A person who holds a certificate or temporary permit to practice respiratory care under this chapter may use the title "respiratory care practitioner" and the abbreviation "R.C.P."</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION; APPLICATION FEE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An applicant for a certificate or temporary permit must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3956,51 +4088,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.162, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.1031.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.1031.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CRIMINAL HISTORY RECORD INFORMATION REQUIREMENT FOR CERTIFICATE OR TEMPORARY PERMIT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall require that an applicant for a certificate or temporary permit submit a complete and legible set of fingerprints, on a form prescribed by the advisory board, to the advisory board or to the Department of Public Safety for the purpose of obtaining criminal history record information from the Department of Public Safety and the Federal Bureau of Investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4149,51 +4287,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId48">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.163, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENT FOR CERTIFICATE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An applicant for a certificate must submit to the advisory board written evidence, verified by oath, that the applicant has completed:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4260,51 +4404,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.164, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.1041.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.1041.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXAMINATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board by rule shall establish examination requirements for a certificate under this chapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -4382,51 +4532,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.165, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.1042.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.1042.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTIFICATION OF EXAMINATION RESULTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than the 30th day after the date a person takes a certification examination under this chapter, the advisory board shall notify the person of the results of the examination.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4521,51 +4677,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId52">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.166, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ISSUANCE OF CERTIFICATE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall issue a certificate to an applicant who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4739,51 +4901,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId53">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.167, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ISSUANCE OF CERTIFICATE BY RECIPROCITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board may issue a certificate to a person who is licensed or certified to practice respiratory care by another state whose requirements for licensure or certification were on the date the license or certificate was issued substantially equal to the requirements of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4812,51 +4980,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId54">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.168, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.107.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.107.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIREMENTS FOR TEMPORARY PERMIT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An applicant for a temporary permit to practice respiratory care must submit to the advisory board:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -5242,51 +5416,57 @@
         <w:t xml:space="preserve">TRANSFER OF CERTIFICATE OR TEMPORARY PERMIT PROHIBITED.  A certificate or temporary permit issued under this chapter may not be transferred.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.110.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.110.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DELEGATION OF AUTHORITY TO ISSUE CERTIFICATE OR TEMPORARY PERMIT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board may delegate authority to medical board employees to issue certificates or temporary permits under this chapter to applicants who clearly meet all applicable requirements.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -5329,51 +5509,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D. RENEWAL OF CERTIFICATE OR TEMPORARY PERMIT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATE RENEWAL.  (a)  A certificate to practice respiratory care must be renewed biennially.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -5493,51 +5679,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.172, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE OF CERTIFICATE RENEWAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than the 30th day before the expiration date of a person's certificate, the advisory board shall mail a renewal notice to the person at the person's last known address.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -5829,51 +6021,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId65">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.175, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.1523.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.1523.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CRIMINAL HISTORY RECORD INFORMATION REQUIREMENT FOR RENEWAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An applicant for renewal of a certificate or temporary permit shall submit a complete and legible set of fingerprints for purposes of performing a criminal history check of the applicant as provided by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">604.1031</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -6069,51 +6267,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId67">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.177, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION REQUIREMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall establish for the renewal of a certificate uniform continuing education requirements of not less than 12 or more than 24 continuing education hours for each renewal period.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6203,51 +6407,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId70">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.178, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.156.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.156.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INACTIVE STATUS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A respiratory care practitioner who does not practice respiratory care during a renewal period and who notifies the advisory board that the practitioner is not practicing respiratory care is not required to pay the renewal fee until the practitioner resumes practice.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6492,51 +6702,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId74">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.180, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.158.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.158.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REFUSAL FOR VIOLATION OF BOARD ORDER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board may refuse to renew a certificate or temporary permit issued under this chapter if the certificate or permit holder is in violation of an advisory board order.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -6561,51 +6777,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D-1.  COMPLAINTS AND INVESTIGATIVE INFORMATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.171.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.171.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COMPLAINT INFORMATION AND STATUS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall maintain a system to promptly and efficiently act on complaints filed with the advisory board.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -6719,51 +6941,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId76">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.181, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.172.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.172.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONDUCT OF INVESTIGATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall complete a preliminary investigation of a complaint filed with the advisory board not later than the 45th day after the date of receiving the complaint.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -6800,51 +7028,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId77">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.181, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.173.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.173.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ACCESS TO COMPLAINT INFORMATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsection (b), the advisory board shall provide a person who is the subject of a formal complaint filed under this chapter with access to all information in its possession that the advisory board intends to offer into evidence in presenting its case in chief at the contested hearing on the complaint, subject to any other privilege or restriction established by rule, statute, or legal precedent.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -7015,51 +7249,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId78">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.181, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.174.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.174.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HEALTH CARE ENTITY REQUEST FOR INFORMATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">On the written request of a health care entity, the advisory board shall provide to the entity:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -7145,51 +7385,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId79">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.181, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.175.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.175.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONFIDENTIALITY OF INVESTIGATIVE INFORMATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A complaint, adverse report, investigation file, other report, or other investigative information in the possession of or received or gathered by the advisory board, the medical board, or an employee or agent of the medical board relating to a certificate or temporary permit holder, an application for a certificate or temporary permit, or a criminal investigation or proceeding is privileged and confidential and is not subject to discovery, subpoena, or other means of legal compulsion for release to any person other than the advisory board, the medical board, or an employee or agent of the advisory board or medical board involved in discipline under this chapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -7208,51 +7454,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId80">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.181, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.176.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.176.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERMITTED DISCLOSURE OF INVESTIGATIVE INFORMATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Investigative information in the possession of the advisory board, the medical board, or an employee or agent of the medical board that relates to the discipline of a certificate or temporary permit holder may be disclosed to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -7390,51 +7642,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E. PROHIBITED PRACTICES AND DISCIPLINARY PROCEDURES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCIPLINARY ACTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For a violation of this chapter or a rule adopted under this chapter, the advisory board may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -7767,51 +8025,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId82">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.182, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.2011.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.2011.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SURRENDER OF CERTIFICATE OR TEMPORARY PERMIT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board may accept the voluntary surrender of a certificate or temporary permit.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -7849,51 +8113,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId83">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.183, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.202.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.202.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EMERGENCY SUSPENSION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The presiding officer of the advisory board shall appoint a three-member disciplinary panel consisting of advisory board members to determine whether a certificate or permit should be temporarily suspended.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -8029,51 +8299,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId84">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.184, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.203.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.203.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADMINISTRATIVE PROCEDURE FOR CONTESTED CASE HEARING.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For a contested case hearing in which a formal complaint has been filed under this chapter, the procedure by which the advisory board takes a disciplinary action and the procedure by which a disciplinary action is appealed are governed by:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -8207,51 +8483,57 @@
         <w:t xml:space="preserve">EFFECT OF DENIAL OF APPLICATION OR REVOCATION OF CERTIFICATE OR TEMPORARY PERMIT.  A person whose application for a certificate or temporary permit is denied or whose certificate or permit is revoked is ineligible for a certificate or permit under this chapter until the first anniversary of the date of the denial or revocation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.205.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.205.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DELEGATION OF CERTAIN COMPLAINT DISPOSITIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board may delegate to a committee of medical board employees the authority to dismiss or enter into an agreed settlement of a complaint that does not relate directly to patient care or that involves only administrative violations.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -8352,51 +8634,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId87">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.186, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.206.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.206.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SUBPOENA.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive director of the medical board, the director's designee, or the secretary-treasurer of the medical board may issue a subpoena or subpoena duces tecum for the advisory board:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -8558,51 +8846,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId88">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.186, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.207.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.207.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PROTECTION OF PATIENT IDENTITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In a disciplinary investigation or proceeding conducted under this chapter, the advisory board shall protect the identity of each patient whose medical records are examined and used in a public proceeding unless the patient:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -8650,51 +8944,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId89">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.186, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.208.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.208.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REQUIRED SUSPENSION OF LICENSE OF INCARCERATED CERTIFICATE OR TEMPORARY PERMIT HOLDER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Regardless of the offense, the advisory board shall suspend the certificate or temporary permit of a person serving a prison term in a state or federal penitentiary during the term of the incarceration.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8704,51 +9004,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId90">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.186, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.209.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.209.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INFORMAL PROCEEDINGS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board by rule shall adopt procedures governing:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -9048,51 +9354,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId91">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.186, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.210.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.210.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY BOARD REPRESENTATION IN INFORMAL PROCEEDINGS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In an informal meeting under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">604.209</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, at least two panelists shall be appointed to determine whether an informal disposition is appropriate.</w:t>
       </w:r>
@@ -9230,51 +9542,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId92">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.186, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.211.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.211.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ROLES AND RESPONSIBILITIES OF PARTICIPANTS IN INFORMAL PROCEEDINGS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An advisory board member who serves as a panelist at an informal meeting under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">604.209</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall make recommendations for the disposition of a complaint or allegation.</w:t>
       </w:r>
@@ -9467,51 +9785,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId93">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.186, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.212.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.212.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LIMIT ON ACCESS TO INVESTIGATION FILES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall prohibit or limit access to an investigation file relating to a person subject to an informal proceeding in the manner provided by Sections </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">164.007</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(c) and </w:t>
       </w:r>
@@ -9533,51 +9857,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId94">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.186, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.213.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.213.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REFUND.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Subject to Subsection (b), the advisory board may order a certificate or temporary permit holder to pay a refund to a consumer as provided in an agreement resulting from an informal settlement conference instead of or in addition to imposing an administrative penalty under Subchapter F.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -9615,51 +9945,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId95">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.186, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.214.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.214.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXPERT IMMUNITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An expert who assists the advisory board is immune from suit and judgment and may not be subjected to a suit for damages for any investigation, report, recommendation, statement, evaluation, finding, or other action taken in the course of assisting the advisory board in a disciplinary proceeding.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -9693,51 +10029,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F. ADMINISTRATIVE PENALTIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.301.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.301.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IMPOSITION OF PENALTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board may impose an administrative penalty on a person who violates this chapter or a rule adopted under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -9920,51 +10262,57 @@
         <w:t xml:space="preserve">any other matter that justice requires.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.303.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.303.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOTICE OF VIOLATION AND PENALTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If, after investigation of a possible violation and the facts surrounding the possible violation, the advisory board determines that a violation occurred, the advisory board shall give written notice of the violation to the person alleged to have committed the violation.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -10065,51 +10413,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId98">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.188, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.304.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.304.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PENALTY TO BE PAID OR HEARING REQUESTED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than the 20th day after the date the person receives the notice under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">604.303</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, the person may:</w:t>
       </w:r>
@@ -10222,51 +10576,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId100">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.189, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.305.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.305.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HEARING.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the person requests a hearing in a timely manner, the advisory board shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -10411,51 +10771,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId102">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.190, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.306.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.306.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DECISION BY ADVISORY BOARD.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Based on the findings of fact, conclusions of law, and proposal for decision, the advisory board by order may determine that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -10964,51 +11330,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId105">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.192, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.308.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.308.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">COLLECTION OF PENALTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If the person does not pay the penalty and enforcement of the penalty is not stayed, the advisory board may refer the matter to the attorney general for collection of the penalty.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -11212,51 +11584,57 @@
         <w:t xml:space="preserve">The interest paid under Subsection (a)(1) is the rate charged on loans to depository institutions by the New York Federal Reserve Bank.  The interest shall be paid for the period beginning on the date the penalty is paid and ending on the date the penalty is remitted.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1999, 76th Leg., ch. 388, Sec. 1, eff. Sept. 1, 1999.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 604.311.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">604.311.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADMINISTRATIVE PENALTY EXPENSES AND COSTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this section, "reasonable expenses and costs" includes expenses incurred by the advisory board or the attorney general in the investigation, initiation, or prosecution of an action, including reasonable investigative costs, court costs, attorney's fees, witness fees, and deposition expenses.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>