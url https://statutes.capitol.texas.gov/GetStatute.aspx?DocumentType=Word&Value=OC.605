--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -831,51 +831,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  ORTHOTISTS AND PROSTHETISTS ADVISORY BOARD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 605.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">605.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY BOARD MEMBERSHIP.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board consists of seven members appointed by the presiding officer of the commission with the approval of the commission as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -1018,51 +1024,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.168, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 605.0521.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">605.0521.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUTIES OF ADVISORY BOARD.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall provide advice and recommendations to the department on technical matters relevant to the administration of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1072,51 +1084,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.169, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 605.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">605.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TERMS; VACANCY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Members of the advisory board serve staggered six-year terms. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1185,51 +1203,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 20, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 605.056.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">605.056.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRESIDING OFFICER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The presiding officer of the commission, with the commission's approval, shall designate a member of the advisory board to serve as the presiding officer of the advisory board for a term of two years.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1324,51 +1348,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D. POWERS AND DUTIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 605.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">605.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS AND DUTIES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive director shall administer and enforce this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1397,51 +1427,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.173, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 605.155.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">605.155.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXAMINATIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department must approve any examination required for a license under this chapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1494,51 +1530,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F. LICENSE, REGISTRATION, AND ACCREDITATION REQUIREMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 605.251.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">605.251.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE REQUIRED.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person may not practice, attempt to practice, or offer to practice orthotics or prosthetics, act as an assistant to a person who practices orthotics or prosthetics, or in any way hold the person out as being able to practice orthotics or prosthetics unless the person holds a license under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1567,51 +1609,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.178, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 605.2515.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">605.2515.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADDITIONAL LICENSE: DEVICE MANUFACTURER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person licensed to practice orthotics or prosthetics who measures, designs, fabricates, fits, assembles, adjusts, or services an orthosis or a prosthesis under an order from a licensed physician, chiropractor, or podiatrist, or an advanced practice nurse or physician assistant acting under the delegation and supervision of a licensed physician as provided by Subchapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Chapter </w:t>
       </w:r>
@@ -1699,51 +1747,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2703</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 605.252.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">605.252.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE ELIGIBILITY.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
@@ -2131,51 +2185,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 7.006(1), eff. September 1, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 605.254.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">605.254.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTIONS FROM OR SUBSTITUTES FOR LICENSE REQUIREMENTS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission by rule may exempt a person from one or more of the academic, clinical training, or examination requirements established under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">605.252</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -2716,51 +2776,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.182, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 605.257.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">605.257.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TEMPORARY LICENSE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may issue a temporary license to an individual who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>