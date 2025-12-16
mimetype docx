--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -534,51 +534,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  DIETITIANS ADVISORY BOARD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DIETITIANS ADVISORY BOARD MEMBERSHIP.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board consists of nine members appointed by the presiding officer of the commission with the approval of the commission as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -778,51 +784,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.193, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.0511.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.0511.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DUTIES OF ADVISORY BOARD.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall provide advice and recommendations to the department on technical matters relevant to the administration of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -832,51 +844,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.194, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.054.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.054.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TERMS; VACANCIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Members of the advisory board serve staggered six-year terms. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -945,51 +963,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 22, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.057.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.057.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRESIDING OFFICER.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The presiding officer of the commission shall designate a member of the advisory board as the presiding officer of the advisory board to serve for a term of two years.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1069,51 +1093,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 23, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.058.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.058.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MEETINGS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The advisory board shall meet at the call of the presiding officer of the commission or the executive director.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1157,51 +1187,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D. POWERS AND DUTIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS AND DUTIES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The executive director shall administer and enforce this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1547,51 +1583,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>627</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.252.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.252.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE APPLICATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each applicant for a dietitian license must submit an application in the manner and on a form prescribed by the executive director accompanied by the application fee.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1639,51 +1681,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.205, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.253.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.253.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE EXAMINATION.  (a)  In this section, "Commission on Dietetic Registration" has the meaning assigned by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">701.251</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
@@ -1855,51 +1903,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.206, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.254.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.254.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">QUALIFICATIONS FOR EXAMINATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">To qualify for the licensing examination under this chapter, an applicant must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2004,51 +2058,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.207, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.2575.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.2575.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">JURISPRUDENCE EXAMINATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall develop and administer at least twice each calendar year a jurisprudence examination to determine an applicant's knowledge of this chapter, commission rules under this chapter, and any other applicable laws of this state affecting the applicant's dietetics practice.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2132,51 +2192,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.209, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.258.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.258.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">QUALIFIED PERSON ENTITLED TO LICENSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall issue a license as a licensed dietitian to a person qualified for a license under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2427,51 +2493,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.222(208), eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.302.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.302.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION REQUIREMENTS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission by rule shall adopt and the department shall monitor and enforce a program for the continuing education of license holders as a condition for license renewal.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2528,51 +2600,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.303.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.303.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTINUING EDUCATION IN NUTRITION AND METABOLIC HEALTH.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">As part of the continuing education requirements under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">701.302</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a license holder shall complete, in accordance with this section and rules adopted under this section, continuing education regarding nutrition and metabolic health.</w:t>
       </w:r>
@@ -2651,51 +2729,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 13, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.304.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.304.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GROUNDS FOR REFUSING RENEWAL.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission or department may refuse to renew the license of a person who fails to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2848,51 +2932,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER H. PRACTICE BY LICENSE HOLDER</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.351.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.351.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISPLAY OF LICENSE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A license holder shall display the person's license in an appropriate and public manner as prescribed by commission rule.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2940,51 +3030,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.215, eff. September 1, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.352.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.352.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE HOLDER INFORMATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A license holder shall keep the department informed of the license holder's current address as provided by commission rule.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3028,51 +3124,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER I. DISCIPLINARY PROCEDURES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 701.401.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">701.401.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GROUNDS FOR DISCIPLINARY ACTION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission or executive director shall refuse to renew a license, revoke or suspend a license, place on probation a person whose license has been suspended, or reprimand a license holder for a violation of this chapter, a rule or code of ethics adopted under this chapter, or an order of the commission or executive director.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>