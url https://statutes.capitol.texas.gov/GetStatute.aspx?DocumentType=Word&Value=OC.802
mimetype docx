--- v0 (2025-10-25)
+++ v1 (2025-12-17)
@@ -62,51 +62,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER A.  GENERAL PROVISIONS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.001.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SHORT TITLE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This chapter may be cited as the Dog or Cat Breeders Act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -116,51 +122,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.002.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.002.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DEFINITIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -673,51 +685,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>876</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.003.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.003.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICABILITY OF CHAPTER.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This chapter does not affect the applicability of any other law, rule, order, ordinance, or other legal requirement of the federal government, this state, or a political subdivision of this state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -795,51 +813,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1969</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2.06, eff. April 1, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.004.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.004.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRESUMPTION OF USE FOR BREEDING.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">For purposes of this chapter, each adult intact female animal possessed by a person engaged in the business of breeding animals for direct or indirect sale or for exchange in return for consideration is presumed to be used for breeding purposes unless the person establishes to the satisfaction of the department, based on the person's breeding records or other evidence reasonably acceptable to the department, that the animal is not used for breeding.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -849,51 +873,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.005.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.005.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXEMPTION FOR CERTAIN PERSONS WHO BREED SPECIAL PURPOSE DOGS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This section applies only to a dog bred with the intent that it be used primarily for:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -1083,51 +1113,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER B.  POWERS AND DUTIES OF COMMISSION AND DEPARTMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.051.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.051.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">GENERAL POWERS AND DUTIES; RULES.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall administer and enforce this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1156,51 +1192,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.052.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.052.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FEES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission by rule shall establish reasonable and necessary fees in amounts sufficient to cover the costs of administering and enforcing this chapter.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1219,51 +1261,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.053.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.053.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PERSONNEL.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may employ personnel necessary to carry out the functions and duties of the department under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1273,51 +1321,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.054.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.054.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">EXPENSES.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may authorize disbursements necessary to implement this chapter, including disbursements for office expenses, equipment costs, and other necessary facilities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1327,51 +1381,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.055.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.055.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CRIMINAL BACKGROUND CHECKS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall conduct a criminal background check on each applicant who submits an application for a license under this chapter and on any controlling person of the applicant.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -1428,51 +1488,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.056.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.056.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DIRECTORY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall maintain a directory of licensed breeders and of third-party inspectors registered under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1501,51 +1567,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.057.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.057.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCIPLINARY DATABASE.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall maintain a database of dog or cat breeders who have been subject to disciplinary action as provided by Subchapter F.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1574,51 +1646,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.058.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.058.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONSUMER INTEREST INFORMATION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall prepare information of consumer interest describing:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -1704,51 +1782,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.059.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.059.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DOG OR CAT BREEDER TRAINING AND ENFORCEMENT ACCOUNT.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The dog or cat breeder training and enforcement account is an account in the general revenue fund. Administrative penalties collected under Subchapter F shall be deposited to the credit of the account.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -1944,51 +2028,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.060.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.060.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REGULATION OF THIRD-PARTY INSPECTORS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission by rule shall establish:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -2055,51 +2145,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.061.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.061.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CONTRACTS FOR ENFORCEMENT.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department may contract with a third-party inspector to enforce or assist in the enforcement of this chapter and rules adopted under this chapter, including the performance of inspections and investigations required under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2109,51 +2205,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.062.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.062.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSPECTIONS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall inspect each facility of a licensed breeder at least once in every 18-month period and at other times as necessary to ensure compliance with this chapter and rules adopted under this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2287,51 +2389,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1560</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1.17, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.063.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.063.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INVESTIGATIONS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">On receipt of a complaint alleging a violation of this chapter or a rule adopted under this chapter, the department or a third-party inspector designated by the department shall investigate the alleged violation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2341,51 +2449,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.064.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.064.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">REPORTING ANIMAL CRUELTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person conducting an inspection under Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">802.062</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
@@ -2413,51 +2527,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.065.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.065.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADVISORY BOARD.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall establish an advisory board to advise the commission and make recommendations on matters related to the administration and enforcement of this chapter, including licensing fees and standards adopted under Subchapter E.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -2892,51 +3012,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER C.  LICENSING OF DOG OR CAT BREEDERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.101.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.101.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE REQUIRED.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A person may not act as, offer to act as, or represent that the person is a dog or cat breeder in this state unless the person holds a license under this chapter for each facility that the person owns or operates in this state.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -2974,51 +3100,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.102.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.102.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">APPLICATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An applicant for a license under this chapter must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3104,51 +3236,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.103.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.103.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PRELICENSE INSPECTION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by Subsection (e), the department must inspect a facility before a license is issued for the facility.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3310,51 +3448,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.104.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.104.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INITIAL LICENSE.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall issue a license to each dog or cat breeder who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3421,51 +3565,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId43">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.105.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.105.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TERM; NONTRANSFERABILITY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A license issued under this chapter is valid until the first anniversary of the date of issuance and is nontransferable.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -3484,51 +3634,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId44">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.106.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.106.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE RENEWAL.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A licensed breeder may renew the person's license by:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -3633,51 +3789,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.107.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.107.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">LICENSE DENIAL, REVOCATION, AND SUSPENSION.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall deny issuance of a license to, or refuse to renew the license of, a person if the person or a controlling person of the dog or cat breeder has pled guilty or nolo contendere to, been convicted of, or received deferred adjudication for animal cruelty or neglect in this state or any other jurisdiction in the five years preceding the person's initial or renewal application for a license.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -3884,51 +4046,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER D.  PRACTICE BY LICENSED BREEDER</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.151.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.151.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISPLAY OF LICENSE; APPLICABLE LAWS AND RULES; INCLUSION OF LICENSE NUMBER AND DEPARTMENT INFORMATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A licensed breeder shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
@@ -4052,51 +4220,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId48">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.152.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.152.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CHANGE IN LICENSE INFORMATION.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A licensed breeder shall notify the department in a manner prescribed by the department not later than the 10th day after the date any change occurs in the address, name, management, or controlling person of the business or operation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4106,51 +4280,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.153.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.153.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ANNUAL INVENTORY.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than February 1 of each year, a licensed breeder shall submit to the department, on a form prescribed by the department, an accounting of all animals held at the facility at any time during the preceding calendar year.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -4236,51 +4416,57 @@
       <w:hyperlink w:docLocation="table" r:id="rId50">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1451</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. June 17, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.154.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.154.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ANIMAL RECORDS.  (a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall adopt rules establishing the minimum information that a licensed breeder must maintain for each animal in the breeder's facility.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
@@ -4352,51 +4538,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER E.  STANDARDS OF CARE AND CONFINEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.201.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.201.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ADOPTION OF STANDARDS.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The commission shall adopt rules establishing minimum standards for the humane handling, care, housing, and transportation of dogs and cats by a dog or cat breeder to ensure the overall health, safety, and well-being of each animal in the breeder's possession.</w:t>
       </w:r>
@@ -4845,51 +5037,57 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SUBCHAPTER F.  ENFORCEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sec. 802.251.</w:t>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">802.251.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">DISCIPLINARY ACTION; ADMINISTRATIVE PENALTY.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If a person violates this chapter or a rule adopted under this chapter, the person is subject to any action or penalty under Subchapter F or G, Chapter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>