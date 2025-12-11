--- v0 (2025-10-05)
+++ v1 (2025-12-11)
@@ -63,87 +63,50 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">12.001.</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">INSTRUMENTS CONCERNING PROPERTY.  (a)  An instrument concerning real or personal property may be recorded if it has been acknowledged, sworn to with a proper jurat, or proved according to law.</w:t>
-      </w:r>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Text of subsection effective on December 04, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An instrument conveying real property may not be recorded unless:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>