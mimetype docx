--- v0 (2025-10-05)
+++ v1 (2025-12-11)
@@ -6276,79 +6276,82 @@
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">make and sign a written statement of the accrued costs of the proceeding, naming the party against whom the costs are adjudged, and file the statement with the court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 1983, 68th Leg., p. 3507, ch. 576, Sec. 1, eff. Jan. 1, 1984.  Amended by Acts 1984, 68th Leg., 2nd C.S., ch. 18, Sec. 1(c), eff. Oct. 2, 1984.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">NOTICE OF DECISION OF SPECIAL COMMISSIONERS.  The judge of a court hearing a proceeding under this chapter shall inform the clerk of the court as to a decision by the special commissioners on the day the decision is filed or on the next working day after the day the decision is filed.  Not later than the next working day after the day the decision is filed, the clerk shall send notice of the decision by certified or registered United States mail, return receipt requested, to the parties in the proceeding, or to their attorneys of record, at their addresses of record.</w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 21.049.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">NOTICE OF DECISION OF SPECIAL COMMISSIONERS.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The judge of a court hearing a proceeding under this chapter shall inform the clerk of the court as to a decision by the special commissioners on the day the decision is filed or on the next working day after the day the decision is filed.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Not later than the next working day after the day the decision is filed, the clerk shall send notice of the decision by a delivery method described under Rule 21a, Texas Rules of Civil Procedure, to the parties in the proceeding, or to their attorneys of record, at their addresses of record.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 1984, 68th Leg., 2nd C.S., ch. 18, Sec. 1(d), eff. Oct. 2, 1984.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6358,925 +6361,834 @@
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 9.17, eff. December 4, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Text of section effective on December 04, 2025</w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">Added by Acts 1984, 68th Leg., 2nd C.S., ch. 18, Sec. 1(d), eff. Oct. 2, 1984.</w:t>
+        <w:t xml:space="preserve">SUBCHAPTER D. JUDGMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.061.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">JUDGMENT ON COMMISSIONERS' FINDINGS.  If no party in a condemnation proceeding files timely objections to the findings of the special commissioners, the judge of the court that has jurisdiction of the proceeding shall adopt the commissioners' findings as the judgment of the court, record the judgment in the minutes of the court, and issue the process necessary to enforce the judgment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 1983, 68th Leg., p. 3507, ch. 576, Sec. 1, eff. Jan. 1, 1984.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.062.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">WRIT OF POSSESSION.  If a condemnor in a condemnation proceeding has taken possession of property pending litigation and the court finally decides that the condemnor does not have the right to condemn the property, the court shall order the condemnor to surrender possession of the property and issue a writ of possession to the property owner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 1983, 68th Leg., p. 3507, ch. 576, Sec. 1, eff. Jan. 1, 1984.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.063.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">APPEAL.  (a)  The appeal of a judgment in a condemnation proceeding is as in other civil cases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A court hearing an appeal from the decision of a trial court in a condemnation proceeding may not suspend the judgment of the trial court pending the appeal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 1983, 68th Leg., p. 3507, ch. 576, Sec. 1, eff. Jan. 1, 1984.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.064.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">INJUNCTIVE RELIEF.  (a)  A court hearing a suit covered by Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.003</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of this code may grant injunctive relief under the rules of equity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Instead of granting an injunction under this section, a court may require a condemnor to provide security adequate to compensate the property owner for damages that might result from the condemnation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 1983, 68th Leg., p. 3508, ch. 576, Sec. 1, eff. Jan. 1, 1984.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.065.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">VESTED INTEREST.  A judgment of a court under this chapter vests a right granted to a condemnor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 1983, 68th Leg., p. 3508, ch. 576, Sec. 1, eff. Jan. 1, 1984.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">SUBCHAPTER E.  REPURCHASE OF REAL PROPERTY FROM CONDEMNING ENTITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 21.101.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">RIGHT OF REPURCHASE.  (a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A person from whom a real property interest is acquired by an entity through eminent domain for a public use, or that person's heirs, successors, or assigns, is entitled to repurchase the property as provided by this subchapter if:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the public use for which the property was acquired through eminent domain is canceled before the property is used for that public use;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">no actual progress is made toward the public use for which the property was acquired between the date of acquisition and the 10th anniversary of that date;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(3)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the property becomes unnecessary for the public use for which the property was acquired, or a substantially similar public use, before the 10th anniversary of the date of acquisition;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(4)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the entity that acquired the property through eminent domain:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(A)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">has an obligation to pay ad valorem taxes on the acquired property;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(B)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">has received a tax bill from the taxing authority for the ad valorem taxes on the acquired property; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(C)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">has failed to pay any ad valorem taxes on the acquired property before the third anniversary of the date on which the unpaid taxes became due; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(5)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the entity:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(A)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">acquired through eminent domain a fee simple interest in the property;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(B)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">has an obligation to pay ad valorem taxes on the acquired property;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(C)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">has received a tax bill from the taxing authority for the ad valorem taxes on the acquired property; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="2160"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(D)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">has failed to pay any ad valorem taxes on the acquired property before the third anniversary of the date on which the unpaid taxes became due.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">In this section, "actual progress" means the completion of three or more of the following actions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the performance of a significant amount of labor to develop the property or other property acquired for the same public use project for which the property owner's property was acquired;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the provision of a significant amount of materials to develop the property or other property acquired for the same public use project for which the property owner's property was acquired;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(3)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the hiring of or contracting with and the performance of a significant amount of work by an architect, engineer, or surveyor to prepare a plan, plat, or easement that includes the property or other property acquired for the same public use project for which the property owner's property was acquired;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(4)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">application for state or federal funds to develop the property or other property acquired for the same public use project for which the property owner's property was acquired; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(5)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">application for a state or federal permit or certificate to develop the property or other property acquired for the same public use project for which the property owner's property was acquired.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b-1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Notwithstanding Subsection (b), a navigation district or port authority, or a water district implementing a project included in the state water plan adopted by the Texas Water Development Board, may establish actual progress for purposes of this section by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the completion of one action described by Subsection (b); and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(2)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the adoption by a majority of the entity's governing body at a public hearing of a development plan for a public use project that indicates that the entity will not complete more than one action described by Subsection (b) before the 10th anniversary of the date of acquisition of the property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A district court may determine all issues in any suit regarding the repurchase of a real property interest acquired through eminent domain by the former property owner or the owner's heirs, successors, or assigns.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 1307, Sec. 2, eff. Jan. 1, 2004.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Acts 2025, 89th Leg., 2nd C.S., Ch. 7 (H.B. </w:t>
+        <w:t xml:space="preserve">Acts 2011, 82nd Leg., R.S., Ch. 81 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId41">
-        <w:r>
-[...763 lines deleted...]
-      <w:hyperlink w:docLocation="table" r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2021, 87th Leg., R.S., Ch. 86 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId43">
+      <w:hyperlink w:docLocation="table" r:id="rId42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>726</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 938 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId44">
+      <w:hyperlink w:docLocation="table" r:id="rId43">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2011</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 1, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 21.102.</w:t>
@@ -7444,72 +7356,72 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 1307, Sec. 2, eff. Jan. 1, 2004.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2011, 82nd Leg., R.S., Ch. 81 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId45">
+      <w:hyperlink w:docLocation="table" r:id="rId44">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 938 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId46">
+      <w:hyperlink w:docLocation="table" r:id="rId45">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2011</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 2, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 21.1021.</w:t>
@@ -7870,72 +7782,72 @@
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Not later than the 90th day following the date of receipt of the request for information, the entity shall send a written response by certified mail, return receipt requested, to the requestor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2011, 82nd Leg., R.S., Ch. 81 (S.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId47">
+      <w:hyperlink w:docLocation="table" r:id="rId46">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 938 (H.B. </w:t>
       </w:r>
-      <w:hyperlink w:docLocation="table" r:id="rId48">
+      <w:hyperlink w:docLocation="table" r:id="rId47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2011</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 3, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sec. 21.1022.</w:t>
@@ -8016,254 +7928,254 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(3)</w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r xml:space="preserve">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">does not receive a response to any notice provided under that section in the period for response prescribed by Section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">21.103</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amended by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2011, 82nd Leg., R.S., Ch. 81 (S.B. </w:t>
+      </w:r>
+      <w:hyperlink w:docLocation="table" r:id="rId48">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>18</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">), Sec. 19, eff. September 1, 2011.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sec. 21.103.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">RESALE OF PROPERTY; PRICE.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(a)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Not later than the 180th day after the date of the postmark on a notice sent under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.102</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or a response to a request made under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.1021</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> that indicates that the property owner, or the owner's heirs, successors, or assigns, is entitled to repurchase the property interest in accordance with Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.101</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, the property owner or the owner's heirs, successors, or assigns must notify the entity of the person's intent to repurchase the property interest under this subchapter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(a-1)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Notwithstanding Subsection (a), a person entitled to repurchase real property under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.101</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(a)(4) or (5) may inform the entity that acquired the property of the person's intent to repurchase the property before notice or information is required or provided under Section </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.102</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">21.1021</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b)</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">As soon as practicable after receipt of a notice of intent to repurchase under this section, the entity shall offer to sell the property interest to the person for the price paid to the owner by the entity at the time the entity acquired the property through eminent domain.</w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r xml:space="preserve">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The person's right to repurchase the property expires on the 90th day after the date on which the entity makes the offer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Added by Acts 2003, 78th Leg., ch. 1307, Sec. 2, eff. Jan. 1, 2004.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amended by: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acts 2011, 82nd Leg., R.S., Ch. 81 (S.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 19, eff. September 1, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F3435" w:rsidRDefault="0032493E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...144 lines deleted...]
-        <w:t xml:space="preserve">Acts 2011, 82nd Leg., R.S., Ch. 81 (S.B. </w:t>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Acts 2025, 89th Leg., R.S., Ch. 938 (H.B. </w:t>
       </w:r>
       <w:hyperlink w:docLocation="table" r:id="rId50">
-        <w:r>
-[...19 lines deleted...]
-      <w:hyperlink w:docLocation="table" r:id="rId51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2011</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), Sec. 4, eff. September 1, 2025.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="004B75FD" w:rsidR="003F3435" w:rsidSect="003F3435">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="0" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -9159,51 +9071,51 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C687B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02730F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00721F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01495F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02685F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02730F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02730F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01495F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02730F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00041F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02730F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB02491F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB02702F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00041F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00041F.HTM" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/892/billtext/html/HB00016F.HTM" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/892/billtext/html/HB00016F.HTM" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00726F.HTM" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB02011F.HTM" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB02011F.HTM" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB02011F.HTM" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB02011F.HTM" TargetMode="External" Id="rId51" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02730F.HTM" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00721F.HTM" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01495F.HTM" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/81R/billtext/html/HB02685F.HTM" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02730F.HTM" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02730F.HTM" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/80R/billtext/html/HB01495F.HTM" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02730F.HTM" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00041F.HTM" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/HB02730F.HTM" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB02491F.HTM" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/79R/billtext/html/HB02702F.HTM" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00041F.HTM" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00041F.HTM" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/892/billtext/html/HB00016F.HTM" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/87R/billtext/html/SB00726F.HTM" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB02011F.HTM" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB02011F.HTM" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB02011F.HTM" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/82R/billtext/html/SB00018F.HTM" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitol.texas.gov/tlodocs/89R/billtext/html/HB02011F.HTM" TargetMode="External" Id="rId50" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>